--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -12,97 +12,100 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="po-zatutyrkam-2-dnya-tur-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
-[...11 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>20.12.2025</t>
   </si>
   <si>
+    <t>07.02.2026</t>
+  </si>
+  <si>
+    <t>22.02.2026</t>
+  </si>
+  <si>
+    <t>08.03.2026</t>
+  </si>
+  <si>
+    <t>21.03.2026</t>
+  </si>
+  <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
+    <t>18.04.2026</t>
+  </si>
+  <si>
+    <t>25.04.2026</t>
+  </si>
+  <si>
     <t>"Арль" Номер в реестре С602025003934</t>
   </si>
   <si>
     <t>Твин (раздельные кровати)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>10200 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>12100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на основном месте</t>
   </si>
   <si>
     <t>9600 RUB</t>
   </si>
   <si>
-    <t>Ребёнок 6—0 лет на дополнительном месте</t>
-[...1 lines deleted...]
-  <si>
     <t>Комфорт (двуспальная кровать)</t>
   </si>
   <si>
     <t>10500 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>9500 RUB</t>
   </si>
   <si>
     <t>12900 RUB</t>
   </si>
   <si>
     <t>9900 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>8900 RUB</t>
   </si>
   <si>
     <t>"Ольгинская" Номер в реестре С602024019384</t>
@@ -266,54 +269,54 @@
   <si>
     <t>"Двор Подзноева" (корпус Бизнес) Номер в реестре С602024007106</t>
   </si>
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
     <t>17400 RUB</t>
   </si>
   <si>
     <t>12700 RUB</t>
   </si>
   <si>
     <t>"Двор Подзноева" (корпус "Студии и апартаменты") Номер в реестре С602024012823</t>
   </si>
   <si>
     <t>13700 RUB</t>
   </si>
   <si>
     <t>18200 RUB</t>
   </si>
   <si>
     <t>13100 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 28.10.2025 09:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 17.12.2025 12:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -655,4127 +658,6343 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O117"/>
+  <dimension ref="A1:Y109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A116" sqref="A116:O116"/>
+      <selection activeCell="A108" sqref="A108:Y108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:25">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:15">
+      <c r="P1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:25">
       <c r="A2" s="2" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
-    </row>
-    <row r="3" spans="1:15">
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+    </row>
+    <row r="3" spans="1:25">
       <c r="A3" s="3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
-    </row>
-    <row r="4" spans="1:15">
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+    </row>
+    <row r="4" spans="1:25">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="M4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="N4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="O4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:15">
+        <v>11</v>
+      </c>
+      <c r="P4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>11</v>
+      </c>
+      <c r="R4" t="s">
+        <v>11</v>
+      </c>
+      <c r="S4" t="s">
+        <v>11</v>
+      </c>
+      <c r="T4" t="s">
+        <v>11</v>
+      </c>
+      <c r="U4" t="s">
+        <v>11</v>
+      </c>
+      <c r="V4" t="s">
+        <v>11</v>
+      </c>
+      <c r="W4" t="s">
+        <v>11</v>
+      </c>
+      <c r="X4" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" t="s">
+        <v>13</v>
+      </c>
+      <c r="K5" t="s">
+        <v>13</v>
+      </c>
+      <c r="L5" t="s">
+        <v>13</v>
+      </c>
+      <c r="M5" t="s">
+        <v>13</v>
+      </c>
+      <c r="N5" t="s">
+        <v>13</v>
+      </c>
+      <c r="O5" t="s">
+        <v>13</v>
+      </c>
+      <c r="P5" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>13</v>
+      </c>
+      <c r="R5" t="s">
+        <v>13</v>
+      </c>
+      <c r="S5" t="s">
+        <v>13</v>
+      </c>
+      <c r="T5" t="s">
+        <v>13</v>
+      </c>
+      <c r="U5" t="s">
+        <v>13</v>
+      </c>
+      <c r="V5" t="s">
+        <v>13</v>
+      </c>
+      <c r="W5" t="s">
+        <v>13</v>
+      </c>
+      <c r="X5" t="s">
+        <v>13</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25">
+      <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K6" t="s">
+        <v>15</v>
+      </c>
+      <c r="L6" t="s">
+        <v>15</v>
+      </c>
+      <c r="M6" t="s">
+        <v>15</v>
+      </c>
+      <c r="N6" t="s">
+        <v>15</v>
+      </c>
+      <c r="O6" t="s">
+        <v>15</v>
+      </c>
+      <c r="P6" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>15</v>
+      </c>
+      <c r="R6" t="s">
+        <v>15</v>
+      </c>
+      <c r="S6" t="s">
+        <v>15</v>
+      </c>
+      <c r="T6" t="s">
+        <v>15</v>
+      </c>
+      <c r="U6" t="s">
+        <v>15</v>
+      </c>
+      <c r="V6" t="s">
+        <v>15</v>
+      </c>
+      <c r="W6" t="s">
+        <v>15</v>
+      </c>
+      <c r="X6" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25">
+      <c r="A7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="3"/>
+      <c r="Q7" s="3"/>
+      <c r="R7" s="3"/>
+      <c r="S7" s="3"/>
+      <c r="T7" s="3"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="3"/>
+      <c r="W7" s="3"/>
+      <c r="X7" s="3"/>
+      <c r="Y7" s="3"/>
+    </row>
+    <row r="8" spans="1:25">
+      <c r="A8" t="s">
         <v>10</v>
       </c>
-      <c r="B5" t="s">
-[...43 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" t="s">
+        <v>17</v>
+      </c>
+      <c r="K8" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" t="s">
+        <v>17</v>
+      </c>
+      <c r="M8" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" t="s">
+        <v>17</v>
+      </c>
+      <c r="O8" t="s">
+        <v>17</v>
+      </c>
+      <c r="P8" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>17</v>
+      </c>
+      <c r="R8" t="s">
+        <v>17</v>
+      </c>
+      <c r="S8" t="s">
+        <v>17</v>
+      </c>
+      <c r="T8" t="s">
+        <v>17</v>
+      </c>
+      <c r="U8" t="s">
+        <v>17</v>
+      </c>
+      <c r="V8" t="s">
+        <v>17</v>
+      </c>
+      <c r="W8" t="s">
+        <v>17</v>
+      </c>
+      <c r="X8" t="s">
+        <v>17</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" t="s">
+        <v>19</v>
+      </c>
+      <c r="H9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I9" t="s">
+        <v>19</v>
+      </c>
+      <c r="J9" t="s">
+        <v>19</v>
+      </c>
+      <c r="K9" t="s">
+        <v>19</v>
+      </c>
+      <c r="L9" t="s">
+        <v>19</v>
+      </c>
+      <c r="M9" t="s">
+        <v>19</v>
+      </c>
+      <c r="N9" t="s">
+        <v>19</v>
+      </c>
+      <c r="O9" t="s">
+        <v>19</v>
+      </c>
+      <c r="P9" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>19</v>
+      </c>
+      <c r="R9" t="s">
+        <v>19</v>
+      </c>
+      <c r="S9" t="s">
+        <v>19</v>
+      </c>
+      <c r="T9" t="s">
+        <v>19</v>
+      </c>
+      <c r="U9" t="s">
+        <v>19</v>
+      </c>
+      <c r="V9" t="s">
+        <v>19</v>
+      </c>
+      <c r="W9" t="s">
+        <v>19</v>
+      </c>
+      <c r="X9" t="s">
+        <v>19</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25">
+      <c r="A10" t="s">
         <v>12</v>
       </c>
-      <c r="B6" t="s">
-[...37 lines deleted...]
-      <c r="A7" t="s">
+      <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>20</v>
+      </c>
+      <c r="H10" t="s">
+        <v>20</v>
+      </c>
+      <c r="I10" t="s">
+        <v>20</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>20</v>
+      </c>
+      <c r="L10" t="s">
+        <v>20</v>
+      </c>
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
+        <v>20</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>20</v>
+      </c>
+      <c r="R10" t="s">
+        <v>20</v>
+      </c>
+      <c r="S10" t="s">
+        <v>20</v>
+      </c>
+      <c r="T10" t="s">
+        <v>20</v>
+      </c>
+      <c r="U10" t="s">
+        <v>20</v>
+      </c>
+      <c r="V10" t="s">
+        <v>20</v>
+      </c>
+      <c r="W10" t="s">
+        <v>20</v>
+      </c>
+      <c r="X10" t="s">
+        <v>20</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25">
+      <c r="A11" t="s">
         <v>14</v>
       </c>
-      <c r="B7" t="s">
-[...150 lines deleted...]
-      <c r="A11" t="s">
+      <c r="B11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11" t="s">
+        <v>21</v>
+      </c>
+      <c r="I11" t="s">
+        <v>21</v>
+      </c>
+      <c r="J11" t="s">
+        <v>21</v>
+      </c>
+      <c r="K11" t="s">
+        <v>21</v>
+      </c>
+      <c r="L11" t="s">
+        <v>21</v>
+      </c>
+      <c r="M11" t="s">
+        <v>21</v>
+      </c>
+      <c r="N11" t="s">
+        <v>21</v>
+      </c>
+      <c r="O11" t="s">
+        <v>21</v>
+      </c>
+      <c r="P11" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>21</v>
+      </c>
+      <c r="R11" t="s">
+        <v>21</v>
+      </c>
+      <c r="S11" t="s">
+        <v>21</v>
+      </c>
+      <c r="T11" t="s">
+        <v>21</v>
+      </c>
+      <c r="U11" t="s">
+        <v>21</v>
+      </c>
+      <c r="V11" t="s">
+        <v>21</v>
+      </c>
+      <c r="W11" t="s">
+        <v>21</v>
+      </c>
+      <c r="X11" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" t="s">
+        <v>23</v>
+      </c>
+      <c r="F12" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" t="s">
+        <v>23</v>
+      </c>
+      <c r="I12" t="s">
+        <v>23</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12" t="s">
+        <v>23</v>
+      </c>
+      <c r="M12" t="s">
+        <v>23</v>
+      </c>
+      <c r="N12" t="s">
+        <v>23</v>
+      </c>
+      <c r="O12" t="s">
+        <v>23</v>
+      </c>
+      <c r="P12" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>23</v>
+      </c>
+      <c r="R12" t="s">
+        <v>23</v>
+      </c>
+      <c r="S12" t="s">
+        <v>23</v>
+      </c>
+      <c r="T12" t="s">
+        <v>23</v>
+      </c>
+      <c r="U12" t="s">
+        <v>23</v>
+      </c>
+      <c r="V12" t="s">
+        <v>23</v>
+      </c>
+      <c r="W12" t="s">
+        <v>23</v>
+      </c>
+      <c r="X12" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="4"/>
+      <c r="F13" s="4"/>
+      <c r="G13" s="4"/>
+      <c r="H13" s="4"/>
+      <c r="I13" s="4"/>
+      <c r="J13" s="4"/>
+      <c r="K13" s="4"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="4"/>
+      <c r="N13" s="4"/>
+      <c r="O13" s="4"/>
+      <c r="P13" s="4"/>
+      <c r="Q13" s="4"/>
+      <c r="R13" s="4"/>
+      <c r="S13" s="4"/>
+      <c r="T13" s="4"/>
+      <c r="U13" s="4"/>
+      <c r="V13" s="4"/>
+      <c r="W13" s="4"/>
+      <c r="X13" s="4"/>
+      <c r="Y13" s="4"/>
+    </row>
+    <row r="14" spans="1:25">
+      <c r="A14" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+      <c r="Q14" s="2"/>
+      <c r="R14" s="2"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="V14" s="2"/>
+      <c r="W14" s="2"/>
+      <c r="X14" s="2"/>
+      <c r="Y14" s="2"/>
+    </row>
+    <row r="15" spans="1:25">
+      <c r="A15" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
+      <c r="P15" s="3"/>
+      <c r="Q15" s="3"/>
+      <c r="R15" s="3"/>
+      <c r="S15" s="3"/>
+      <c r="T15" s="3"/>
+      <c r="U15" s="3"/>
+      <c r="V15" s="3"/>
+      <c r="W15" s="3"/>
+      <c r="X15" s="3"/>
+      <c r="Y15" s="3"/>
+    </row>
+    <row r="16" spans="1:25">
+      <c r="A16" t="s">
         <v>10</v>
       </c>
-      <c r="B11" t="s">
-[...179 lines deleted...]
-    <row r="17" spans="1:15">
+      <c r="B16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" t="s">
+        <v>26</v>
+      </c>
+      <c r="H16" t="s">
+        <v>26</v>
+      </c>
+      <c r="I16" t="s">
+        <v>26</v>
+      </c>
+      <c r="J16" t="s">
+        <v>26</v>
+      </c>
+      <c r="K16" t="s">
+        <v>26</v>
+      </c>
+      <c r="L16" t="s">
+        <v>26</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>26</v>
+      </c>
+      <c r="P16" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>26</v>
+      </c>
+      <c r="R16" t="s">
+        <v>26</v>
+      </c>
+      <c r="S16" t="s">
+        <v>26</v>
+      </c>
+      <c r="T16" t="s">
+        <v>26</v>
+      </c>
+      <c r="U16" t="s">
+        <v>26</v>
+      </c>
+      <c r="V16" t="s">
+        <v>26</v>
+      </c>
+      <c r="W16" t="s">
+        <v>26</v>
+      </c>
+      <c r="X16" t="s">
+        <v>26</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25">
       <c r="A17" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C17" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="M17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="N17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>25</v>
-[...43 lines deleted...]
-    <row r="19" spans="1:15">
+        <v>27</v>
+      </c>
+      <c r="P17" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>27</v>
+      </c>
+      <c r="R17" t="s">
+        <v>27</v>
+      </c>
+      <c r="S17" t="s">
+        <v>27</v>
+      </c>
+      <c r="T17" t="s">
+        <v>27</v>
+      </c>
+      <c r="U17" t="s">
+        <v>27</v>
+      </c>
+      <c r="V17" t="s">
+        <v>27</v>
+      </c>
+      <c r="W17" t="s">
+        <v>27</v>
+      </c>
+      <c r="X17" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25">
+      <c r="A18" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+      <c r="Q18" s="3"/>
+      <c r="R18" s="3"/>
+      <c r="S18" s="3"/>
+      <c r="T18" s="3"/>
+      <c r="U18" s="3"/>
+      <c r="V18" s="3"/>
+      <c r="W18" s="3"/>
+      <c r="X18" s="3"/>
+      <c r="Y18" s="3"/>
+    </row>
+    <row r="19" spans="1:25">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="F19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="G19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="H19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="I19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="J19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="K19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="L19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="M19" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:15">
+        <v>29</v>
+      </c>
+      <c r="N19" t="s">
+        <v>29</v>
+      </c>
+      <c r="O19" t="s">
+        <v>29</v>
+      </c>
+      <c r="P19" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>29</v>
+      </c>
+      <c r="R19" t="s">
+        <v>29</v>
+      </c>
+      <c r="S19" t="s">
+        <v>29</v>
+      </c>
+      <c r="T19" t="s">
+        <v>29</v>
+      </c>
+      <c r="U19" t="s">
+        <v>29</v>
+      </c>
+      <c r="V19" t="s">
+        <v>29</v>
+      </c>
+      <c r="W19" t="s">
+        <v>29</v>
+      </c>
+      <c r="X19" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25">
       <c r="A20" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
-    </row>
-    <row r="21" spans="1:15">
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+      <c r="R20" s="3"/>
+      <c r="S20" s="3"/>
+      <c r="T20" s="3"/>
+      <c r="U20" s="3"/>
+      <c r="V20" s="3"/>
+      <c r="W20" s="3"/>
+      <c r="X20" s="3"/>
+      <c r="Y20" s="3"/>
+    </row>
+    <row r="21" spans="1:25">
       <c r="A21" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C21" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="I21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="J21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="K21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="L21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="M21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:15">
+        <v>26</v>
+      </c>
+      <c r="P21" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>26</v>
+      </c>
+      <c r="R21" t="s">
+        <v>26</v>
+      </c>
+      <c r="S21" t="s">
+        <v>26</v>
+      </c>
+      <c r="T21" t="s">
+        <v>26</v>
+      </c>
+      <c r="U21" t="s">
+        <v>26</v>
+      </c>
+      <c r="V21" t="s">
+        <v>26</v>
+      </c>
+      <c r="W21" t="s">
+        <v>26</v>
+      </c>
+      <c r="X21" t="s">
+        <v>26</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="22" spans="1:25">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="F22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="G22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="H22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="I22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="J22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="K22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="L22" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="M22" t="s">
-        <v>8</v>
-[...62 lines deleted...]
-    <row r="25" spans="1:15">
+        <v>27</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>27</v>
+      </c>
+      <c r="P22" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>27</v>
+      </c>
+      <c r="R22" t="s">
+        <v>27</v>
+      </c>
+      <c r="S22" t="s">
+        <v>27</v>
+      </c>
+      <c r="T22" t="s">
+        <v>27</v>
+      </c>
+      <c r="U22" t="s">
+        <v>27</v>
+      </c>
+      <c r="V22" t="s">
+        <v>27</v>
+      </c>
+      <c r="W22" t="s">
+        <v>27</v>
+      </c>
+      <c r="X22" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:25">
+      <c r="A23" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="3"/>
+      <c r="M23" s="3"/>
+      <c r="N23" s="3"/>
+      <c r="O23" s="3"/>
+      <c r="P23" s="3"/>
+      <c r="Q23" s="3"/>
+      <c r="R23" s="3"/>
+      <c r="S23" s="3"/>
+      <c r="T23" s="3"/>
+      <c r="U23" s="3"/>
+      <c r="V23" s="3"/>
+      <c r="W23" s="3"/>
+      <c r="X23" s="3"/>
+      <c r="Y23" s="3"/>
+    </row>
+    <row r="24" spans="1:25">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>32</v>
+      </c>
+      <c r="G24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" t="s">
+        <v>32</v>
+      </c>
+      <c r="J24" t="s">
+        <v>32</v>
+      </c>
+      <c r="K24" t="s">
+        <v>32</v>
+      </c>
+      <c r="L24" t="s">
+        <v>32</v>
+      </c>
+      <c r="M24" t="s">
+        <v>32</v>
+      </c>
+      <c r="N24" t="s">
+        <v>32</v>
+      </c>
+      <c r="O24" t="s">
+        <v>32</v>
+      </c>
+      <c r="P24" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>32</v>
+      </c>
+      <c r="R24" t="s">
+        <v>32</v>
+      </c>
+      <c r="S24" t="s">
+        <v>32</v>
+      </c>
+      <c r="T24" t="s">
+        <v>32</v>
+      </c>
+      <c r="U24" t="s">
+        <v>32</v>
+      </c>
+      <c r="V24" t="s">
+        <v>32</v>
+      </c>
+      <c r="W24" t="s">
+        <v>32</v>
+      </c>
+      <c r="X24" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="25" spans="1:25">
       <c r="A25" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C25" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="I25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="J25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="K25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="L25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="M25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="N25" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="O25" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:15">
+        <v>33</v>
+      </c>
+      <c r="P25" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>33</v>
+      </c>
+      <c r="R25" t="s">
+        <v>33</v>
+      </c>
+      <c r="S25" t="s">
+        <v>33</v>
+      </c>
+      <c r="T25" t="s">
+        <v>33</v>
+      </c>
+      <c r="U25" t="s">
+        <v>33</v>
+      </c>
+      <c r="V25" t="s">
+        <v>33</v>
+      </c>
+      <c r="W25" t="s">
+        <v>33</v>
+      </c>
+      <c r="X25" t="s">
+        <v>33</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="26" spans="1:25">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="E26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="G26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="K26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="M26" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:15">
+        <v>34</v>
+      </c>
+      <c r="N26" t="s">
+        <v>34</v>
+      </c>
+      <c r="O26" t="s">
+        <v>34</v>
+      </c>
+      <c r="P26" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>34</v>
+      </c>
+      <c r="R26" t="s">
+        <v>34</v>
+      </c>
+      <c r="S26" t="s">
+        <v>34</v>
+      </c>
+      <c r="T26" t="s">
+        <v>34</v>
+      </c>
+      <c r="U26" t="s">
+        <v>34</v>
+      </c>
+      <c r="V26" t="s">
+        <v>34</v>
+      </c>
+      <c r="W26" t="s">
+        <v>34</v>
+      </c>
+      <c r="X26" t="s">
+        <v>34</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="27" spans="1:25">
       <c r="A27" t="s">
         <v>14</v>
       </c>
       <c r="B27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="C27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="E27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="F27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="G27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="H27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="I27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="J27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="K27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="L27" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="M27" t="s">
-        <v>8</v>
-[...116 lines deleted...]
-      <c r="A31" t="s">
+        <v>35</v>
+      </c>
+      <c r="N27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O27" t="s">
+        <v>35</v>
+      </c>
+      <c r="P27" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R27" t="s">
+        <v>35</v>
+      </c>
+      <c r="S27" t="s">
+        <v>35</v>
+      </c>
+      <c r="T27" t="s">
+        <v>35</v>
+      </c>
+      <c r="U27" t="s">
+        <v>35</v>
+      </c>
+      <c r="V27" t="s">
+        <v>35</v>
+      </c>
+      <c r="W27" t="s">
+        <v>35</v>
+      </c>
+      <c r="X27" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:25">
+      <c r="A28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" t="s">
+        <v>36</v>
+      </c>
+      <c r="C28" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" t="s">
+        <v>36</v>
+      </c>
+      <c r="E28" t="s">
+        <v>36</v>
+      </c>
+      <c r="F28" t="s">
+        <v>36</v>
+      </c>
+      <c r="G28" t="s">
+        <v>36</v>
+      </c>
+      <c r="H28" t="s">
+        <v>36</v>
+      </c>
+      <c r="I28" t="s">
+        <v>36</v>
+      </c>
+      <c r="J28" t="s">
+        <v>36</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>36</v>
+      </c>
+      <c r="M28" t="s">
+        <v>36</v>
+      </c>
+      <c r="N28" t="s">
+        <v>36</v>
+      </c>
+      <c r="O28" t="s">
+        <v>36</v>
+      </c>
+      <c r="P28" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>36</v>
+      </c>
+      <c r="R28" t="s">
+        <v>36</v>
+      </c>
+      <c r="S28" t="s">
+        <v>36</v>
+      </c>
+      <c r="T28" t="s">
+        <v>36</v>
+      </c>
+      <c r="U28" t="s">
+        <v>36</v>
+      </c>
+      <c r="V28" t="s">
+        <v>36</v>
+      </c>
+      <c r="W28" t="s">
+        <v>36</v>
+      </c>
+      <c r="X28" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="29" spans="1:25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+      <c r="M29" s="4"/>
+      <c r="N29" s="4"/>
+      <c r="O29" s="4"/>
+      <c r="P29" s="4"/>
+      <c r="Q29" s="4"/>
+      <c r="R29" s="4"/>
+      <c r="S29" s="4"/>
+      <c r="T29" s="4"/>
+      <c r="U29" s="4"/>
+      <c r="V29" s="4"/>
+      <c r="W29" s="4"/>
+      <c r="X29" s="4"/>
+      <c r="Y29" s="4"/>
+    </row>
+    <row r="30" spans="1:25">
+      <c r="A30" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+      <c r="L30" s="2"/>
+      <c r="M30" s="2"/>
+      <c r="N30" s="2"/>
+      <c r="O30" s="2"/>
+      <c r="P30" s="2"/>
+      <c r="Q30" s="2"/>
+      <c r="R30" s="2"/>
+      <c r="S30" s="2"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="V30" s="2"/>
+      <c r="W30" s="2"/>
+      <c r="X30" s="2"/>
+      <c r="Y30" s="2"/>
+    </row>
+    <row r="31" spans="1:25">
+      <c r="A31" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B31" s="3"/>
+      <c r="C31" s="3"/>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+      <c r="J31" s="3"/>
+      <c r="K31" s="3"/>
+      <c r="L31" s="3"/>
+      <c r="M31" s="3"/>
+      <c r="N31" s="3"/>
+      <c r="O31" s="3"/>
+      <c r="P31" s="3"/>
+      <c r="Q31" s="3"/>
+      <c r="R31" s="3"/>
+      <c r="S31" s="3"/>
+      <c r="T31" s="3"/>
+      <c r="U31" s="3"/>
+      <c r="V31" s="3"/>
+      <c r="W31" s="3"/>
+      <c r="X31" s="3"/>
+      <c r="Y31" s="3"/>
+    </row>
+    <row r="32" spans="1:25">
+      <c r="A32" t="s">
         <v>10</v>
       </c>
-      <c r="B31" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="B32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L32" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M32" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15">
+        <v>35</v>
+      </c>
+      <c r="N32" t="s">
+        <v>35</v>
+      </c>
+      <c r="O32" t="s">
+        <v>35</v>
+      </c>
+      <c r="P32" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>35</v>
+      </c>
+      <c r="R32" t="s">
+        <v>35</v>
+      </c>
+      <c r="S32" t="s">
+        <v>35</v>
+      </c>
+      <c r="T32" t="s">
+        <v>35</v>
+      </c>
+      <c r="U32" t="s">
+        <v>35</v>
+      </c>
+      <c r="V32" t="s">
+        <v>35</v>
+      </c>
+      <c r="W32" t="s">
+        <v>35</v>
+      </c>
+      <c r="X32" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:25">
       <c r="A33" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="H33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="J33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="K33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="L33" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M33" t="s">
-        <v>35</v>
-[...145 lines deleted...]
-    <row r="39" spans="1:15">
+        <v>39</v>
+      </c>
+      <c r="N33" t="s">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s">
+        <v>39</v>
+      </c>
+      <c r="P33" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>39</v>
+      </c>
+      <c r="R33" t="s">
+        <v>39</v>
+      </c>
+      <c r="S33" t="s">
+        <v>39</v>
+      </c>
+      <c r="T33" t="s">
+        <v>39</v>
+      </c>
+      <c r="U33" t="s">
+        <v>39</v>
+      </c>
+      <c r="V33" t="s">
+        <v>39</v>
+      </c>
+      <c r="W33" t="s">
+        <v>39</v>
+      </c>
+      <c r="X33" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:25">
+      <c r="A34" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" s="3"/>
+      <c r="C34" s="3"/>
+      <c r="D34" s="3"/>
+      <c r="E34" s="3"/>
+      <c r="F34" s="3"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="3"/>
+      <c r="I34" s="3"/>
+      <c r="J34" s="3"/>
+      <c r="K34" s="3"/>
+      <c r="L34" s="3"/>
+      <c r="M34" s="3"/>
+      <c r="N34" s="3"/>
+      <c r="O34" s="3"/>
+      <c r="P34" s="3"/>
+      <c r="Q34" s="3"/>
+      <c r="R34" s="3"/>
+      <c r="S34" s="3"/>
+      <c r="T34" s="3"/>
+      <c r="U34" s="3"/>
+      <c r="V34" s="3"/>
+      <c r="W34" s="3"/>
+      <c r="X34" s="3"/>
+      <c r="Y34" s="3"/>
+    </row>
+    <row r="35" spans="1:25">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>41</v>
+      </c>
+      <c r="C35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" t="s">
+        <v>41</v>
+      </c>
+      <c r="E35" t="s">
+        <v>41</v>
+      </c>
+      <c r="F35" t="s">
+        <v>41</v>
+      </c>
+      <c r="G35" t="s">
+        <v>41</v>
+      </c>
+      <c r="H35" t="s">
+        <v>41</v>
+      </c>
+      <c r="I35" t="s">
+        <v>41</v>
+      </c>
+      <c r="J35" t="s">
+        <v>41</v>
+      </c>
+      <c r="K35" t="s">
+        <v>41</v>
+      </c>
+      <c r="L35" t="s">
+        <v>41</v>
+      </c>
+      <c r="M35" t="s">
+        <v>41</v>
+      </c>
+      <c r="N35" t="s">
+        <v>41</v>
+      </c>
+      <c r="O35" t="s">
+        <v>41</v>
+      </c>
+      <c r="P35" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>41</v>
+      </c>
+      <c r="R35" t="s">
+        <v>41</v>
+      </c>
+      <c r="S35" t="s">
+        <v>41</v>
+      </c>
+      <c r="T35" t="s">
+        <v>41</v>
+      </c>
+      <c r="U35" t="s">
+        <v>41</v>
+      </c>
+      <c r="V35" t="s">
+        <v>41</v>
+      </c>
+      <c r="W35" t="s">
+        <v>41</v>
+      </c>
+      <c r="X35" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="36" spans="1:25">
+      <c r="A36" s="4"/>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="4"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4"/>
+      <c r="S36" s="4"/>
+      <c r="T36" s="4"/>
+      <c r="U36" s="4"/>
+      <c r="V36" s="4"/>
+      <c r="W36" s="4"/>
+      <c r="X36" s="4"/>
+      <c r="Y36" s="4"/>
+    </row>
+    <row r="37" spans="1:25">
+      <c r="A37" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+      <c r="L37" s="2"/>
+      <c r="M37" s="2"/>
+      <c r="N37" s="2"/>
+      <c r="O37" s="2"/>
+      <c r="P37" s="2"/>
+      <c r="Q37" s="2"/>
+      <c r="R37" s="2"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="U37" s="2"/>
+      <c r="V37" s="2"/>
+      <c r="W37" s="2"/>
+      <c r="X37" s="2"/>
+      <c r="Y37" s="2"/>
+    </row>
+    <row r="38" spans="1:25">
+      <c r="A38" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B38" s="3"/>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="P38" s="3"/>
+      <c r="Q38" s="3"/>
+      <c r="R38" s="3"/>
+      <c r="S38" s="3"/>
+      <c r="T38" s="3"/>
+      <c r="U38" s="3"/>
+      <c r="V38" s="3"/>
+      <c r="W38" s="3"/>
+      <c r="X38" s="3"/>
+      <c r="Y38" s="3"/>
+    </row>
+    <row r="39" spans="1:25">
       <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C39" t="s">
+        <v>44</v>
+      </c>
+      <c r="D39" t="s">
+        <v>44</v>
+      </c>
+      <c r="E39" t="s">
+        <v>44</v>
+      </c>
+      <c r="F39" t="s">
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39" t="s">
+        <v>44</v>
+      </c>
+      <c r="I39" t="s">
+        <v>44</v>
+      </c>
+      <c r="J39" t="s">
+        <v>44</v>
+      </c>
+      <c r="K39" t="s">
+        <v>44</v>
+      </c>
+      <c r="L39" t="s">
+        <v>44</v>
+      </c>
+      <c r="M39" t="s">
+        <v>44</v>
+      </c>
+      <c r="N39" t="s">
+        <v>44</v>
+      </c>
+      <c r="O39" t="s">
+        <v>44</v>
+      </c>
+      <c r="P39" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>44</v>
+      </c>
+      <c r="R39" t="s">
+        <v>44</v>
+      </c>
+      <c r="S39" t="s">
+        <v>44</v>
+      </c>
+      <c r="T39" t="s">
+        <v>44</v>
+      </c>
+      <c r="U39" t="s">
+        <v>44</v>
+      </c>
+      <c r="V39" t="s">
+        <v>44</v>
+      </c>
+      <c r="W39" t="s">
+        <v>44</v>
+      </c>
+      <c r="X39" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="40" spans="1:25">
+      <c r="A40" t="s">
         <v>14</v>
       </c>
-      <c r="B39" t="s">
-[...102 lines deleted...]
-    <row r="42" spans="1:15">
+      <c r="B40" t="s">
+        <v>45</v>
+      </c>
+      <c r="C40" t="s">
+        <v>45</v>
+      </c>
+      <c r="D40" t="s">
+        <v>45</v>
+      </c>
+      <c r="E40" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" t="s">
+        <v>45</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40" t="s">
+        <v>45</v>
+      </c>
+      <c r="I40" t="s">
+        <v>45</v>
+      </c>
+      <c r="J40" t="s">
+        <v>45</v>
+      </c>
+      <c r="K40" t="s">
+        <v>45</v>
+      </c>
+      <c r="L40" t="s">
+        <v>45</v>
+      </c>
+      <c r="M40" t="s">
+        <v>45</v>
+      </c>
+      <c r="N40" t="s">
+        <v>45</v>
+      </c>
+      <c r="O40" t="s">
+        <v>45</v>
+      </c>
+      <c r="P40" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>45</v>
+      </c>
+      <c r="R40" t="s">
+        <v>45</v>
+      </c>
+      <c r="S40" t="s">
+        <v>45</v>
+      </c>
+      <c r="T40" t="s">
+        <v>45</v>
+      </c>
+      <c r="U40" t="s">
+        <v>45</v>
+      </c>
+      <c r="V40" t="s">
+        <v>45</v>
+      </c>
+      <c r="W40" t="s">
+        <v>45</v>
+      </c>
+      <c r="X40" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="41" spans="1:25">
+      <c r="A41" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="3"/>
+      <c r="M41" s="3"/>
+      <c r="N41" s="3"/>
+      <c r="O41" s="3"/>
+      <c r="P41" s="3"/>
+      <c r="Q41" s="3"/>
+      <c r="R41" s="3"/>
+      <c r="S41" s="3"/>
+      <c r="T41" s="3"/>
+      <c r="U41" s="3"/>
+      <c r="V41" s="3"/>
+      <c r="W41" s="3"/>
+      <c r="X41" s="3"/>
+      <c r="Y41" s="3"/>
+    </row>
+    <row r="42" spans="1:25">
       <c r="A42" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="F42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="G42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="H42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="I42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="J42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="K42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="L42" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="M42" t="s">
-        <v>8</v>
-[...98 lines deleted...]
-    <row r="47" spans="1:15">
+        <v>29</v>
+      </c>
+      <c r="N42" t="s">
+        <v>29</v>
+      </c>
+      <c r="O42" t="s">
+        <v>29</v>
+      </c>
+      <c r="P42" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>29</v>
+      </c>
+      <c r="R42" t="s">
+        <v>29</v>
+      </c>
+      <c r="S42" t="s">
+        <v>29</v>
+      </c>
+      <c r="T42" t="s">
+        <v>29</v>
+      </c>
+      <c r="U42" t="s">
+        <v>29</v>
+      </c>
+      <c r="V42" t="s">
+        <v>29</v>
+      </c>
+      <c r="W42" t="s">
+        <v>29</v>
+      </c>
+      <c r="X42" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:25">
+      <c r="A43" s="4"/>
+      <c r="B43" s="4"/>
+      <c r="C43" s="4"/>
+      <c r="D43" s="4"/>
+      <c r="E43" s="4"/>
+      <c r="F43" s="4"/>
+      <c r="G43" s="4"/>
+      <c r="H43" s="4"/>
+      <c r="I43" s="4"/>
+      <c r="J43" s="4"/>
+      <c r="K43" s="4"/>
+      <c r="L43" s="4"/>
+      <c r="M43" s="4"/>
+      <c r="N43" s="4"/>
+      <c r="O43" s="4"/>
+      <c r="P43" s="4"/>
+      <c r="Q43" s="4"/>
+      <c r="R43" s="4"/>
+      <c r="S43" s="4"/>
+      <c r="T43" s="4"/>
+      <c r="U43" s="4"/>
+      <c r="V43" s="4"/>
+      <c r="W43" s="4"/>
+      <c r="X43" s="4"/>
+      <c r="Y43" s="4"/>
+    </row>
+    <row r="44" spans="1:25">
+      <c r="A44" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+      <c r="J44" s="2"/>
+      <c r="K44" s="2"/>
+      <c r="L44" s="2"/>
+      <c r="M44" s="2"/>
+      <c r="N44" s="2"/>
+      <c r="O44" s="2"/>
+      <c r="P44" s="2"/>
+      <c r="Q44" s="2"/>
+      <c r="R44" s="2"/>
+      <c r="S44" s="2"/>
+      <c r="T44" s="2"/>
+      <c r="U44" s="2"/>
+      <c r="V44" s="2"/>
+      <c r="W44" s="2"/>
+      <c r="X44" s="2"/>
+      <c r="Y44" s="2"/>
+    </row>
+    <row r="45" spans="1:25">
+      <c r="A45" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B45" s="3"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+      <c r="J45" s="3"/>
+      <c r="K45" s="3"/>
+      <c r="L45" s="3"/>
+      <c r="M45" s="3"/>
+      <c r="N45" s="3"/>
+      <c r="O45" s="3"/>
+      <c r="P45" s="3"/>
+      <c r="Q45" s="3"/>
+      <c r="R45" s="3"/>
+      <c r="S45" s="3"/>
+      <c r="T45" s="3"/>
+      <c r="U45" s="3"/>
+      <c r="V45" s="3"/>
+      <c r="W45" s="3"/>
+      <c r="X45" s="3"/>
+      <c r="Y45" s="3"/>
+    </row>
+    <row r="46" spans="1:25">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>32</v>
+      </c>
+      <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
+        <v>32</v>
+      </c>
+      <c r="E46" t="s">
+        <v>32</v>
+      </c>
+      <c r="F46" t="s">
+        <v>32</v>
+      </c>
+      <c r="G46" t="s">
+        <v>32</v>
+      </c>
+      <c r="H46" t="s">
+        <v>32</v>
+      </c>
+      <c r="I46" t="s">
+        <v>32</v>
+      </c>
+      <c r="J46" t="s">
+        <v>32</v>
+      </c>
+      <c r="K46" t="s">
+        <v>32</v>
+      </c>
+      <c r="L46" t="s">
+        <v>32</v>
+      </c>
+      <c r="M46" t="s">
+        <v>32</v>
+      </c>
+      <c r="N46" t="s">
+        <v>32</v>
+      </c>
+      <c r="O46" t="s">
+        <v>32</v>
+      </c>
+      <c r="P46" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>32</v>
+      </c>
+      <c r="R46" t="s">
+        <v>32</v>
+      </c>
+      <c r="S46" t="s">
+        <v>32</v>
+      </c>
+      <c r="T46" t="s">
+        <v>32</v>
+      </c>
+      <c r="U46" t="s">
+        <v>32</v>
+      </c>
+      <c r="V46" t="s">
+        <v>32</v>
+      </c>
+      <c r="W46" t="s">
+        <v>32</v>
+      </c>
+      <c r="X46" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="47" spans="1:25">
       <c r="A47" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="C47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="H47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="J47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="K47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="L47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="M47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="N47" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="O47" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:15">
+        <v>49</v>
+      </c>
+      <c r="P47" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>49</v>
+      </c>
+      <c r="R47" t="s">
+        <v>49</v>
+      </c>
+      <c r="S47" t="s">
+        <v>49</v>
+      </c>
+      <c r="T47" t="s">
+        <v>49</v>
+      </c>
+      <c r="U47" t="s">
+        <v>49</v>
+      </c>
+      <c r="V47" t="s">
+        <v>49</v>
+      </c>
+      <c r="W47" t="s">
+        <v>49</v>
+      </c>
+      <c r="X47" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="48" spans="1:25">
       <c r="A48" t="s">
         <v>12</v>
       </c>
       <c r="B48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="H48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="I48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="J48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="K48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="L48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="M48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="N48" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="O48" t="s">
-        <v>44</v>
-[...21 lines deleted...]
-    <row r="50" spans="1:15">
+        <v>50</v>
+      </c>
+      <c r="P48" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>50</v>
+      </c>
+      <c r="R48" t="s">
+        <v>50</v>
+      </c>
+      <c r="S48" t="s">
+        <v>50</v>
+      </c>
+      <c r="T48" t="s">
+        <v>50</v>
+      </c>
+      <c r="U48" t="s">
+        <v>50</v>
+      </c>
+      <c r="V48" t="s">
+        <v>50</v>
+      </c>
+      <c r="W48" t="s">
+        <v>50</v>
+      </c>
+      <c r="X48" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="49" spans="1:25">
+      <c r="A49" t="s">
+        <v>14</v>
+      </c>
+      <c r="B49" t="s">
+        <v>35</v>
+      </c>
+      <c r="C49" t="s">
+        <v>35</v>
+      </c>
+      <c r="D49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E49" t="s">
+        <v>35</v>
+      </c>
+      <c r="F49" t="s">
+        <v>35</v>
+      </c>
+      <c r="G49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49" t="s">
+        <v>35</v>
+      </c>
+      <c r="I49" t="s">
+        <v>35</v>
+      </c>
+      <c r="J49" t="s">
+        <v>35</v>
+      </c>
+      <c r="K49" t="s">
+        <v>35</v>
+      </c>
+      <c r="L49" t="s">
+        <v>35</v>
+      </c>
+      <c r="M49" t="s">
+        <v>35</v>
+      </c>
+      <c r="N49" t="s">
+        <v>35</v>
+      </c>
+      <c r="O49" t="s">
+        <v>35</v>
+      </c>
+      <c r="P49" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>35</v>
+      </c>
+      <c r="R49" t="s">
+        <v>35</v>
+      </c>
+      <c r="S49" t="s">
+        <v>35</v>
+      </c>
+      <c r="T49" t="s">
+        <v>35</v>
+      </c>
+      <c r="U49" t="s">
+        <v>35</v>
+      </c>
+      <c r="V49" t="s">
+        <v>35</v>
+      </c>
+      <c r="W49" t="s">
+        <v>35</v>
+      </c>
+      <c r="X49" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:25">
       <c r="A50" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="B50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="C50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="E50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="F50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="G50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="H50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="I50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="J50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="K50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="L50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="M50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="N50" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="O50" t="s">
-        <v>28</v>
-[...57 lines deleted...]
-    <row r="54" spans="1:15">
+        <v>51</v>
+      </c>
+      <c r="P50" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>51</v>
+      </c>
+      <c r="R50" t="s">
+        <v>51</v>
+      </c>
+      <c r="S50" t="s">
+        <v>51</v>
+      </c>
+      <c r="T50" t="s">
+        <v>51</v>
+      </c>
+      <c r="U50" t="s">
+        <v>51</v>
+      </c>
+      <c r="V50" t="s">
+        <v>51</v>
+      </c>
+      <c r="W50" t="s">
+        <v>51</v>
+      </c>
+      <c r="X50" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="51" spans="1:25">
+      <c r="A51" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B51" s="3"/>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3"/>
+      <c r="R51" s="3"/>
+      <c r="S51" s="3"/>
+      <c r="T51" s="3"/>
+      <c r="U51" s="3"/>
+      <c r="V51" s="3"/>
+      <c r="W51" s="3"/>
+      <c r="X51" s="3"/>
+      <c r="Y51" s="3"/>
+    </row>
+    <row r="52" spans="1:25">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" t="s">
+        <v>13</v>
+      </c>
+      <c r="K52" t="s">
+        <v>13</v>
+      </c>
+      <c r="L52" t="s">
+        <v>13</v>
+      </c>
+      <c r="M52" t="s">
+        <v>13</v>
+      </c>
+      <c r="N52" t="s">
+        <v>13</v>
+      </c>
+      <c r="O52" t="s">
+        <v>13</v>
+      </c>
+      <c r="P52" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>13</v>
+      </c>
+      <c r="R52" t="s">
+        <v>13</v>
+      </c>
+      <c r="S52" t="s">
+        <v>13</v>
+      </c>
+      <c r="T52" t="s">
+        <v>13</v>
+      </c>
+      <c r="U52" t="s">
+        <v>13</v>
+      </c>
+      <c r="V52" t="s">
+        <v>13</v>
+      </c>
+      <c r="W52" t="s">
+        <v>13</v>
+      </c>
+      <c r="X52" t="s">
+        <v>13</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="53" spans="1:25">
+      <c r="A53" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53" t="s">
+        <v>49</v>
+      </c>
+      <c r="C53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D53" t="s">
+        <v>49</v>
+      </c>
+      <c r="E53" t="s">
+        <v>49</v>
+      </c>
+      <c r="F53" t="s">
+        <v>49</v>
+      </c>
+      <c r="G53" t="s">
+        <v>49</v>
+      </c>
+      <c r="H53" t="s">
+        <v>49</v>
+      </c>
+      <c r="I53" t="s">
+        <v>49</v>
+      </c>
+      <c r="J53" t="s">
+        <v>49</v>
+      </c>
+      <c r="K53" t="s">
+        <v>49</v>
+      </c>
+      <c r="L53" t="s">
+        <v>49</v>
+      </c>
+      <c r="M53" t="s">
+        <v>49</v>
+      </c>
+      <c r="N53" t="s">
+        <v>49</v>
+      </c>
+      <c r="O53" t="s">
+        <v>49</v>
+      </c>
+      <c r="P53" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>49</v>
+      </c>
+      <c r="R53" t="s">
+        <v>49</v>
+      </c>
+      <c r="S53" t="s">
+        <v>49</v>
+      </c>
+      <c r="T53" t="s">
+        <v>49</v>
+      </c>
+      <c r="U53" t="s">
+        <v>49</v>
+      </c>
+      <c r="V53" t="s">
+        <v>49</v>
+      </c>
+      <c r="W53" t="s">
+        <v>49</v>
+      </c>
+      <c r="X53" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="54" spans="1:25">
       <c r="A54" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C54" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="D54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="E54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="F54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="G54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="H54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="I54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="J54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="K54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="L54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="M54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="N54" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="O54" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:15">
+        <v>53</v>
+      </c>
+      <c r="P54" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>53</v>
+      </c>
+      <c r="R54" t="s">
+        <v>53</v>
+      </c>
+      <c r="S54" t="s">
+        <v>53</v>
+      </c>
+      <c r="T54" t="s">
+        <v>53</v>
+      </c>
+      <c r="U54" t="s">
+        <v>53</v>
+      </c>
+      <c r="V54" t="s">
+        <v>53</v>
+      </c>
+      <c r="W54" t="s">
+        <v>53</v>
+      </c>
+      <c r="X54" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="55" spans="1:25">
       <c r="A55" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C55" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="D55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="H55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="K55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="L55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="M55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="N55" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="O55" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:15">
+        <v>54</v>
+      </c>
+      <c r="P55" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>54</v>
+      </c>
+      <c r="R55" t="s">
+        <v>54</v>
+      </c>
+      <c r="S55" t="s">
+        <v>54</v>
+      </c>
+      <c r="T55" t="s">
+        <v>54</v>
+      </c>
+      <c r="U55" t="s">
+        <v>54</v>
+      </c>
+      <c r="V55" t="s">
+        <v>54</v>
+      </c>
+      <c r="W55" t="s">
+        <v>54</v>
+      </c>
+      <c r="X55" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="56" spans="1:25">
       <c r="A56" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="C56" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="D56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="K56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="M56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="N56" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O56" t="s">
-        <v>49</v>
-[...84 lines deleted...]
-    <row r="59" spans="1:15">
+        <v>51</v>
+      </c>
+      <c r="P56" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>51</v>
+      </c>
+      <c r="R56" t="s">
+        <v>51</v>
+      </c>
+      <c r="S56" t="s">
+        <v>51</v>
+      </c>
+      <c r="T56" t="s">
+        <v>51</v>
+      </c>
+      <c r="U56" t="s">
+        <v>51</v>
+      </c>
+      <c r="V56" t="s">
+        <v>51</v>
+      </c>
+      <c r="W56" t="s">
+        <v>51</v>
+      </c>
+      <c r="X56" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25">
+      <c r="A57" s="4"/>
+      <c r="B57" s="4"/>
+      <c r="C57" s="4"/>
+      <c r="D57" s="4"/>
+      <c r="E57" s="4"/>
+      <c r="F57" s="4"/>
+      <c r="G57" s="4"/>
+      <c r="H57" s="4"/>
+      <c r="I57" s="4"/>
+      <c r="J57" s="4"/>
+      <c r="K57" s="4"/>
+      <c r="L57" s="4"/>
+      <c r="M57" s="4"/>
+      <c r="N57" s="4"/>
+      <c r="O57" s="4"/>
+      <c r="P57" s="4"/>
+      <c r="Q57" s="4"/>
+      <c r="R57" s="4"/>
+      <c r="S57" s="4"/>
+      <c r="T57" s="4"/>
+      <c r="U57" s="4"/>
+      <c r="V57" s="4"/>
+      <c r="W57" s="4"/>
+      <c r="X57" s="4"/>
+      <c r="Y57" s="4"/>
+    </row>
+    <row r="58" spans="1:25">
+      <c r="A58" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+      <c r="J58" s="2"/>
+      <c r="K58" s="2"/>
+      <c r="L58" s="2"/>
+      <c r="M58" s="2"/>
+      <c r="N58" s="2"/>
+      <c r="O58" s="2"/>
+      <c r="P58" s="2"/>
+      <c r="Q58" s="2"/>
+      <c r="R58" s="2"/>
+      <c r="S58" s="2"/>
+      <c r="T58" s="2"/>
+      <c r="U58" s="2"/>
+      <c r="V58" s="2"/>
+      <c r="W58" s="2"/>
+      <c r="X58" s="2"/>
+      <c r="Y58" s="2"/>
+    </row>
+    <row r="59" spans="1:25">
       <c r="A59" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
-    </row>
-    <row r="60" spans="1:15">
+      <c r="P59" s="3"/>
+      <c r="Q59" s="3"/>
+      <c r="R59" s="3"/>
+      <c r="S59" s="3"/>
+      <c r="T59" s="3"/>
+      <c r="U59" s="3"/>
+      <c r="V59" s="3"/>
+      <c r="W59" s="3"/>
+      <c r="X59" s="3"/>
+      <c r="Y59" s="3"/>
+    </row>
+    <row r="60" spans="1:25">
       <c r="A60" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B60" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="C60" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="G60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="H60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="I60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="J60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="K60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="L60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="M60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="N60" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="O60" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:15">
+        <v>57</v>
+      </c>
+      <c r="P60" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>57</v>
+      </c>
+      <c r="R60" t="s">
+        <v>57</v>
+      </c>
+      <c r="S60" t="s">
+        <v>57</v>
+      </c>
+      <c r="T60" t="s">
+        <v>57</v>
+      </c>
+      <c r="U60" t="s">
+        <v>57</v>
+      </c>
+      <c r="V60" t="s">
+        <v>57</v>
+      </c>
+      <c r="W60" t="s">
+        <v>57</v>
+      </c>
+      <c r="X60" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="61" spans="1:25">
       <c r="A61" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C61" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="E61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="G61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="I61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="J61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="K61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="L61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="M61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="N61" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="O61" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:15">
+        <v>17</v>
+      </c>
+      <c r="P61" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>17</v>
+      </c>
+      <c r="R61" t="s">
+        <v>17</v>
+      </c>
+      <c r="S61" t="s">
+        <v>17</v>
+      </c>
+      <c r="T61" t="s">
+        <v>17</v>
+      </c>
+      <c r="U61" t="s">
+        <v>17</v>
+      </c>
+      <c r="V61" t="s">
+        <v>17</v>
+      </c>
+      <c r="W61" t="s">
+        <v>17</v>
+      </c>
+      <c r="X61" t="s">
+        <v>17</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:25">
       <c r="A62" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="C62" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="D62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="F62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="I62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="J62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="K62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="L62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="M62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="N62" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="O62" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:15">
+        <v>58</v>
+      </c>
+      <c r="P62" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>58</v>
+      </c>
+      <c r="R62" t="s">
+        <v>58</v>
+      </c>
+      <c r="S62" t="s">
+        <v>58</v>
+      </c>
+      <c r="T62" t="s">
+        <v>58</v>
+      </c>
+      <c r="U62" t="s">
+        <v>58</v>
+      </c>
+      <c r="V62" t="s">
+        <v>58</v>
+      </c>
+      <c r="W62" t="s">
+        <v>58</v>
+      </c>
+      <c r="X62" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25">
       <c r="A63" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="C63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="D63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="E63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="F63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="G63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="H63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="J63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="K63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="L63" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="M63" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:15">
+        <v>32</v>
+      </c>
+      <c r="N63" t="s">
+        <v>32</v>
+      </c>
+      <c r="O63" t="s">
+        <v>32</v>
+      </c>
+      <c r="P63" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>32</v>
+      </c>
+      <c r="R63" t="s">
+        <v>32</v>
+      </c>
+      <c r="S63" t="s">
+        <v>32</v>
+      </c>
+      <c r="T63" t="s">
+        <v>32</v>
+      </c>
+      <c r="U63" t="s">
+        <v>32</v>
+      </c>
+      <c r="V63" t="s">
+        <v>32</v>
+      </c>
+      <c r="W63" t="s">
+        <v>32</v>
+      </c>
+      <c r="X63" t="s">
+        <v>32</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25">
       <c r="A64" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="C64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="D64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="E64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="F64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="H64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="I64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="J64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="K64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="L64" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="M64" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:15">
+        <v>21</v>
+      </c>
+      <c r="N64" t="s">
+        <v>21</v>
+      </c>
+      <c r="O64" t="s">
+        <v>21</v>
+      </c>
+      <c r="P64" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>21</v>
+      </c>
+      <c r="R64" t="s">
+        <v>21</v>
+      </c>
+      <c r="S64" t="s">
+        <v>21</v>
+      </c>
+      <c r="T64" t="s">
+        <v>21</v>
+      </c>
+      <c r="U64" t="s">
+        <v>21</v>
+      </c>
+      <c r="V64" t="s">
+        <v>21</v>
+      </c>
+      <c r="W64" t="s">
+        <v>21</v>
+      </c>
+      <c r="X64" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="65" spans="1:25">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="4"/>
       <c r="J65" s="4"/>
       <c r="K65" s="4"/>
       <c r="L65" s="4"/>
       <c r="M65" s="4"/>
       <c r="N65" s="4"/>
       <c r="O65" s="4"/>
-    </row>
-    <row r="66" spans="1:15">
+      <c r="P65" s="4"/>
+      <c r="Q65" s="4"/>
+      <c r="R65" s="4"/>
+      <c r="S65" s="4"/>
+      <c r="T65" s="4"/>
+      <c r="U65" s="4"/>
+      <c r="V65" s="4"/>
+      <c r="W65" s="4"/>
+      <c r="X65" s="4"/>
+      <c r="Y65" s="4"/>
+    </row>
+    <row r="66" spans="1:25">
       <c r="A66" s="2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="N66" s="2"/>
       <c r="O66" s="2"/>
-    </row>
-    <row r="67" spans="1:15">
+      <c r="P66" s="2"/>
+      <c r="Q66" s="2"/>
+      <c r="R66" s="2"/>
+      <c r="S66" s="2"/>
+      <c r="T66" s="2"/>
+      <c r="U66" s="2"/>
+      <c r="V66" s="2"/>
+      <c r="W66" s="2"/>
+      <c r="X66" s="2"/>
+      <c r="Y66" s="2"/>
+    </row>
+    <row r="67" spans="1:25">
       <c r="A67" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3"/>
       <c r="K67" s="3"/>
       <c r="L67" s="3"/>
       <c r="M67" s="3"/>
       <c r="N67" s="3"/>
       <c r="O67" s="3"/>
-    </row>
-    <row r="68" spans="1:15">
+      <c r="P67" s="3"/>
+      <c r="Q67" s="3"/>
+      <c r="R67" s="3"/>
+      <c r="S67" s="3"/>
+      <c r="T67" s="3"/>
+      <c r="U67" s="3"/>
+      <c r="V67" s="3"/>
+      <c r="W67" s="3"/>
+      <c r="X67" s="3"/>
+      <c r="Y67" s="3"/>
+    </row>
+    <row r="68" spans="1:25">
       <c r="A68" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B68" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C68" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="G68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="J68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="K68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="L68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="N68" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="O68" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:15">
+        <v>61</v>
+      </c>
+      <c r="P68" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>61</v>
+      </c>
+      <c r="R68" t="s">
+        <v>61</v>
+      </c>
+      <c r="S68" t="s">
+        <v>61</v>
+      </c>
+      <c r="T68" t="s">
+        <v>61</v>
+      </c>
+      <c r="U68" t="s">
+        <v>61</v>
+      </c>
+      <c r="V68" t="s">
+        <v>61</v>
+      </c>
+      <c r="W68" t="s">
+        <v>61</v>
+      </c>
+      <c r="X68" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="69" spans="1:25">
       <c r="A69" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="C69" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="E69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="F69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="G69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="H69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="I69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="K69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="L69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="M69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="N69" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="O69" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:15">
+        <v>62</v>
+      </c>
+      <c r="P69" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>62</v>
+      </c>
+      <c r="R69" t="s">
+        <v>62</v>
+      </c>
+      <c r="S69" t="s">
+        <v>62</v>
+      </c>
+      <c r="T69" t="s">
+        <v>62</v>
+      </c>
+      <c r="U69" t="s">
+        <v>62</v>
+      </c>
+      <c r="V69" t="s">
+        <v>62</v>
+      </c>
+      <c r="W69" t="s">
+        <v>62</v>
+      </c>
+      <c r="X69" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="70" spans="1:25">
       <c r="A70" t="s">
+        <v>12</v>
+      </c>
+      <c r="B70" t="s">
+        <v>63</v>
+      </c>
+      <c r="C70" t="s">
+        <v>63</v>
+      </c>
+      <c r="D70" t="s">
+        <v>63</v>
+      </c>
+      <c r="E70" t="s">
+        <v>63</v>
+      </c>
+      <c r="F70" t="s">
+        <v>63</v>
+      </c>
+      <c r="G70" t="s">
+        <v>63</v>
+      </c>
+      <c r="H70" t="s">
+        <v>63</v>
+      </c>
+      <c r="I70" t="s">
+        <v>63</v>
+      </c>
+      <c r="J70" t="s">
+        <v>63</v>
+      </c>
+      <c r="K70" t="s">
+        <v>63</v>
+      </c>
+      <c r="L70" t="s">
+        <v>63</v>
+      </c>
+      <c r="M70" t="s">
+        <v>63</v>
+      </c>
+      <c r="N70" t="s">
+        <v>63</v>
+      </c>
+      <c r="O70" t="s">
+        <v>63</v>
+      </c>
+      <c r="P70" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>63</v>
+      </c>
+      <c r="R70" t="s">
+        <v>63</v>
+      </c>
+      <c r="S70" t="s">
+        <v>63</v>
+      </c>
+      <c r="T70" t="s">
+        <v>63</v>
+      </c>
+      <c r="U70" t="s">
+        <v>63</v>
+      </c>
+      <c r="V70" t="s">
+        <v>63</v>
+      </c>
+      <c r="W70" t="s">
+        <v>63</v>
+      </c>
+      <c r="X70" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="71" spans="1:25">
+      <c r="A71" t="s">
+        <v>14</v>
+      </c>
+      <c r="B71" t="s">
+        <v>64</v>
+      </c>
+      <c r="C71" t="s">
+        <v>64</v>
+      </c>
+      <c r="D71" t="s">
+        <v>64</v>
+      </c>
+      <c r="E71" t="s">
+        <v>64</v>
+      </c>
+      <c r="F71" t="s">
+        <v>64</v>
+      </c>
+      <c r="G71" t="s">
+        <v>64</v>
+      </c>
+      <c r="H71" t="s">
+        <v>64</v>
+      </c>
+      <c r="I71" t="s">
+        <v>64</v>
+      </c>
+      <c r="J71" t="s">
+        <v>64</v>
+      </c>
+      <c r="K71" t="s">
+        <v>64</v>
+      </c>
+      <c r="L71" t="s">
+        <v>64</v>
+      </c>
+      <c r="M71" t="s">
+        <v>64</v>
+      </c>
+      <c r="N71" t="s">
+        <v>64</v>
+      </c>
+      <c r="O71" t="s">
+        <v>64</v>
+      </c>
+      <c r="P71" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>64</v>
+      </c>
+      <c r="R71" t="s">
+        <v>64</v>
+      </c>
+      <c r="S71" t="s">
+        <v>64</v>
+      </c>
+      <c r="T71" t="s">
+        <v>64</v>
+      </c>
+      <c r="U71" t="s">
+        <v>64</v>
+      </c>
+      <c r="V71" t="s">
+        <v>64</v>
+      </c>
+      <c r="W71" t="s">
+        <v>64</v>
+      </c>
+      <c r="X71" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="72" spans="1:25">
+      <c r="A72" t="s">
+        <v>22</v>
+      </c>
+      <c r="B72" t="s">
+        <v>33</v>
+      </c>
+      <c r="C72" t="s">
+        <v>33</v>
+      </c>
+      <c r="D72" t="s">
+        <v>33</v>
+      </c>
+      <c r="E72" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" t="s">
+        <v>33</v>
+      </c>
+      <c r="G72" t="s">
+        <v>33</v>
+      </c>
+      <c r="H72" t="s">
+        <v>33</v>
+      </c>
+      <c r="I72" t="s">
+        <v>33</v>
+      </c>
+      <c r="J72" t="s">
+        <v>33</v>
+      </c>
+      <c r="K72" t="s">
+        <v>33</v>
+      </c>
+      <c r="L72" t="s">
+        <v>33</v>
+      </c>
+      <c r="M72" t="s">
+        <v>33</v>
+      </c>
+      <c r="N72" t="s">
+        <v>33</v>
+      </c>
+      <c r="O72" t="s">
+        <v>33</v>
+      </c>
+      <c r="P72" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>33</v>
+      </c>
+      <c r="R72" t="s">
+        <v>33</v>
+      </c>
+      <c r="S72" t="s">
+        <v>33</v>
+      </c>
+      <c r="T72" t="s">
+        <v>33</v>
+      </c>
+      <c r="U72" t="s">
+        <v>33</v>
+      </c>
+      <c r="V72" t="s">
+        <v>33</v>
+      </c>
+      <c r="W72" t="s">
+        <v>33</v>
+      </c>
+      <c r="X72" t="s">
+        <v>33</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="73" spans="1:25">
+      <c r="A73" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B73" s="3"/>
+      <c r="C73" s="3"/>
+      <c r="D73" s="3"/>
+      <c r="E73" s="3"/>
+      <c r="F73" s="3"/>
+      <c r="G73" s="3"/>
+      <c r="H73" s="3"/>
+      <c r="I73" s="3"/>
+      <c r="J73" s="3"/>
+      <c r="K73" s="3"/>
+      <c r="L73" s="3"/>
+      <c r="M73" s="3"/>
+      <c r="N73" s="3"/>
+      <c r="O73" s="3"/>
+      <c r="P73" s="3"/>
+      <c r="Q73" s="3"/>
+      <c r="R73" s="3"/>
+      <c r="S73" s="3"/>
+      <c r="T73" s="3"/>
+      <c r="U73" s="3"/>
+      <c r="V73" s="3"/>
+      <c r="W73" s="3"/>
+      <c r="X73" s="3"/>
+      <c r="Y73" s="3"/>
+    </row>
+    <row r="74" spans="1:25">
+      <c r="A74" t="s">
         <v>10</v>
       </c>
-      <c r="B70" t="s">
-[...43 lines deleted...]
-      <c r="A71" t="s">
+      <c r="B74" t="s">
+        <v>66</v>
+      </c>
+      <c r="C74" t="s">
+        <v>66</v>
+      </c>
+      <c r="D74" t="s">
+        <v>66</v>
+      </c>
+      <c r="E74" t="s">
+        <v>66</v>
+      </c>
+      <c r="F74" t="s">
+        <v>66</v>
+      </c>
+      <c r="G74" t="s">
+        <v>66</v>
+      </c>
+      <c r="H74" t="s">
+        <v>66</v>
+      </c>
+      <c r="I74" t="s">
+        <v>66</v>
+      </c>
+      <c r="J74" t="s">
+        <v>66</v>
+      </c>
+      <c r="K74" t="s">
+        <v>66</v>
+      </c>
+      <c r="L74" t="s">
+        <v>66</v>
+      </c>
+      <c r="M74" t="s">
+        <v>66</v>
+      </c>
+      <c r="N74" t="s">
+        <v>66</v>
+      </c>
+      <c r="O74" t="s">
+        <v>66</v>
+      </c>
+      <c r="P74" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>66</v>
+      </c>
+      <c r="R74" t="s">
+        <v>66</v>
+      </c>
+      <c r="S74" t="s">
+        <v>66</v>
+      </c>
+      <c r="T74" t="s">
+        <v>66</v>
+      </c>
+      <c r="U74" t="s">
+        <v>66</v>
+      </c>
+      <c r="V74" t="s">
+        <v>66</v>
+      </c>
+      <c r="W74" t="s">
+        <v>66</v>
+      </c>
+      <c r="X74" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="75" spans="1:25">
+      <c r="A75" t="s">
+        <v>18</v>
+      </c>
+      <c r="B75" t="s">
+        <v>62</v>
+      </c>
+      <c r="C75" t="s">
+        <v>62</v>
+      </c>
+      <c r="D75" t="s">
+        <v>62</v>
+      </c>
+      <c r="E75" t="s">
+        <v>62</v>
+      </c>
+      <c r="F75" t="s">
+        <v>62</v>
+      </c>
+      <c r="G75" t="s">
+        <v>62</v>
+      </c>
+      <c r="H75" t="s">
+        <v>62</v>
+      </c>
+      <c r="I75" t="s">
+        <v>62</v>
+      </c>
+      <c r="J75" t="s">
+        <v>62</v>
+      </c>
+      <c r="K75" t="s">
+        <v>62</v>
+      </c>
+      <c r="L75" t="s">
+        <v>62</v>
+      </c>
+      <c r="M75" t="s">
+        <v>62</v>
+      </c>
+      <c r="N75" t="s">
+        <v>62</v>
+      </c>
+      <c r="O75" t="s">
+        <v>62</v>
+      </c>
+      <c r="P75" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>62</v>
+      </c>
+      <c r="R75" t="s">
+        <v>62</v>
+      </c>
+      <c r="S75" t="s">
+        <v>62</v>
+      </c>
+      <c r="T75" t="s">
+        <v>62</v>
+      </c>
+      <c r="U75" t="s">
+        <v>62</v>
+      </c>
+      <c r="V75" t="s">
+        <v>62</v>
+      </c>
+      <c r="W75" t="s">
+        <v>62</v>
+      </c>
+      <c r="X75" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="76" spans="1:25">
+      <c r="A76" t="s">
         <v>12</v>
       </c>
-      <c r="B71" t="s">
-[...135 lines deleted...]
-      </c>
       <c r="B76" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="C76" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="D76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="E76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="G76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="H76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="I76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="J76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="K76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="L76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="M76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="N76" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="O76" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:15">
+        <v>67</v>
+      </c>
+      <c r="P76" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>67</v>
+      </c>
+      <c r="R76" t="s">
+        <v>67</v>
+      </c>
+      <c r="S76" t="s">
+        <v>67</v>
+      </c>
+      <c r="T76" t="s">
+        <v>67</v>
+      </c>
+      <c r="U76" t="s">
+        <v>67</v>
+      </c>
+      <c r="V76" t="s">
+        <v>67</v>
+      </c>
+      <c r="W76" t="s">
+        <v>67</v>
+      </c>
+      <c r="X76" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="77" spans="1:25">
       <c r="A77" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B77" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="C77" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="D77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="E77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="F77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="G77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="I77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="J77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="K77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="L77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="M77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="N77" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="O77" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:15">
+        <v>68</v>
+      </c>
+      <c r="P77" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>68</v>
+      </c>
+      <c r="R77" t="s">
+        <v>68</v>
+      </c>
+      <c r="S77" t="s">
+        <v>68</v>
+      </c>
+      <c r="T77" t="s">
+        <v>68</v>
+      </c>
+      <c r="U77" t="s">
+        <v>68</v>
+      </c>
+      <c r="V77" t="s">
+        <v>68</v>
+      </c>
+      <c r="W77" t="s">
+        <v>68</v>
+      </c>
+      <c r="X77" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="78" spans="1:25">
       <c r="A78" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B78" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C78" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="D78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="E78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="F78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="G78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="H78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="I78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="J78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="K78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="L78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="M78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="N78" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="O78" t="s">
-        <v>62</v>
-[...84 lines deleted...]
-    <row r="81" spans="1:15">
+        <v>33</v>
+      </c>
+      <c r="P78" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>33</v>
+      </c>
+      <c r="R78" t="s">
+        <v>33</v>
+      </c>
+      <c r="S78" t="s">
+        <v>33</v>
+      </c>
+      <c r="T78" t="s">
+        <v>33</v>
+      </c>
+      <c r="U78" t="s">
+        <v>33</v>
+      </c>
+      <c r="V78" t="s">
+        <v>33</v>
+      </c>
+      <c r="W78" t="s">
+        <v>33</v>
+      </c>
+      <c r="X78" t="s">
+        <v>33</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="79" spans="1:25">
+      <c r="A79" s="4"/>
+      <c r="B79" s="4"/>
+      <c r="C79" s="4"/>
+      <c r="D79" s="4"/>
+      <c r="E79" s="4"/>
+      <c r="F79" s="4"/>
+      <c r="G79" s="4"/>
+      <c r="H79" s="4"/>
+      <c r="I79" s="4"/>
+      <c r="J79" s="4"/>
+      <c r="K79" s="4"/>
+      <c r="L79" s="4"/>
+      <c r="M79" s="4"/>
+      <c r="N79" s="4"/>
+      <c r="O79" s="4"/>
+      <c r="P79" s="4"/>
+      <c r="Q79" s="4"/>
+      <c r="R79" s="4"/>
+      <c r="S79" s="4"/>
+      <c r="T79" s="4"/>
+      <c r="U79" s="4"/>
+      <c r="V79" s="4"/>
+      <c r="W79" s="4"/>
+      <c r="X79" s="4"/>
+      <c r="Y79" s="4"/>
+    </row>
+    <row r="80" spans="1:25">
+      <c r="A80" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+      <c r="J80" s="2"/>
+      <c r="K80" s="2"/>
+      <c r="L80" s="2"/>
+      <c r="M80" s="2"/>
+      <c r="N80" s="2"/>
+      <c r="O80" s="2"/>
+      <c r="P80" s="2"/>
+      <c r="Q80" s="2"/>
+      <c r="R80" s="2"/>
+      <c r="S80" s="2"/>
+      <c r="T80" s="2"/>
+      <c r="U80" s="2"/>
+      <c r="V80" s="2"/>
+      <c r="W80" s="2"/>
+      <c r="X80" s="2"/>
+      <c r="Y80" s="2"/>
+    </row>
+    <row r="81" spans="1:25">
       <c r="A81" s="3" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B81" s="3"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
       <c r="O81" s="3"/>
-    </row>
-    <row r="82" spans="1:15">
+      <c r="P81" s="3"/>
+      <c r="Q81" s="3"/>
+      <c r="R81" s="3"/>
+      <c r="S81" s="3"/>
+      <c r="T81" s="3"/>
+      <c r="U81" s="3"/>
+      <c r="V81" s="3"/>
+      <c r="W81" s="3"/>
+      <c r="X81" s="3"/>
+      <c r="Y81" s="3"/>
+    </row>
+    <row r="82" spans="1:25">
       <c r="A82" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B82" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C82" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="D82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="F82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="J82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="K82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="M82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="N82" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="O82" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:15">
+        <v>71</v>
+      </c>
+      <c r="P82" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>71</v>
+      </c>
+      <c r="R82" t="s">
+        <v>71</v>
+      </c>
+      <c r="S82" t="s">
+        <v>71</v>
+      </c>
+      <c r="T82" t="s">
+        <v>71</v>
+      </c>
+      <c r="U82" t="s">
+        <v>71</v>
+      </c>
+      <c r="V82" t="s">
+        <v>71</v>
+      </c>
+      <c r="W82" t="s">
+        <v>71</v>
+      </c>
+      <c r="X82" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25">
       <c r="A83" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C83" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="F83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="G83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="H83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="J83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="K83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="L83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="M83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="N83" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="O83" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:15">
+        <v>17</v>
+      </c>
+      <c r="P83" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>17</v>
+      </c>
+      <c r="R83" t="s">
+        <v>17</v>
+      </c>
+      <c r="S83" t="s">
+        <v>17</v>
+      </c>
+      <c r="T83" t="s">
+        <v>17</v>
+      </c>
+      <c r="U83" t="s">
+        <v>17</v>
+      </c>
+      <c r="V83" t="s">
+        <v>17</v>
+      </c>
+      <c r="W83" t="s">
+        <v>17</v>
+      </c>
+      <c r="X83" t="s">
+        <v>17</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="84" spans="1:25">
       <c r="A84" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B84" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="C84" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="D84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="E84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="F84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="H84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="J84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="L84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="N84" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="O84" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:15">
+        <v>72</v>
+      </c>
+      <c r="P84" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>72</v>
+      </c>
+      <c r="R84" t="s">
+        <v>72</v>
+      </c>
+      <c r="S84" t="s">
+        <v>72</v>
+      </c>
+      <c r="T84" t="s">
+        <v>72</v>
+      </c>
+      <c r="U84" t="s">
+        <v>72</v>
+      </c>
+      <c r="V84" t="s">
+        <v>72</v>
+      </c>
+      <c r="W84" t="s">
+        <v>72</v>
+      </c>
+      <c r="X84" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25">
       <c r="A85" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="D85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="F85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="H85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="I85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="J85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="K85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L85" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="M85" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:15">
+        <v>73</v>
+      </c>
+      <c r="N85" t="s">
+        <v>73</v>
+      </c>
+      <c r="O85" t="s">
+        <v>73</v>
+      </c>
+      <c r="P85" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>73</v>
+      </c>
+      <c r="R85" t="s">
+        <v>73</v>
+      </c>
+      <c r="S85" t="s">
+        <v>73</v>
+      </c>
+      <c r="T85" t="s">
+        <v>73</v>
+      </c>
+      <c r="U85" t="s">
+        <v>73</v>
+      </c>
+      <c r="V85" t="s">
+        <v>73</v>
+      </c>
+      <c r="W85" t="s">
+        <v>73</v>
+      </c>
+      <c r="X85" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25">
       <c r="A86" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="C86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="E86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="H86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="I86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="J86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="K86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="L86" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="M86" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:15">
+        <v>21</v>
+      </c>
+      <c r="N86" t="s">
+        <v>21</v>
+      </c>
+      <c r="O86" t="s">
+        <v>21</v>
+      </c>
+      <c r="P86" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>21</v>
+      </c>
+      <c r="R86" t="s">
+        <v>21</v>
+      </c>
+      <c r="S86" t="s">
+        <v>21</v>
+      </c>
+      <c r="T86" t="s">
+        <v>21</v>
+      </c>
+      <c r="U86" t="s">
+        <v>21</v>
+      </c>
+      <c r="V86" t="s">
+        <v>21</v>
+      </c>
+      <c r="W86" t="s">
+        <v>21</v>
+      </c>
+      <c r="X86" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="87" spans="1:25">
       <c r="A87" s="4"/>
       <c r="B87" s="4"/>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="4"/>
       <c r="H87" s="4"/>
       <c r="I87" s="4"/>
       <c r="J87" s="4"/>
       <c r="K87" s="4"/>
       <c r="L87" s="4"/>
       <c r="M87" s="4"/>
       <c r="N87" s="4"/>
       <c r="O87" s="4"/>
-    </row>
-    <row r="88" spans="1:15">
+      <c r="P87" s="4"/>
+      <c r="Q87" s="4"/>
+      <c r="R87" s="4"/>
+      <c r="S87" s="4"/>
+      <c r="T87" s="4"/>
+      <c r="U87" s="4"/>
+      <c r="V87" s="4"/>
+      <c r="W87" s="4"/>
+      <c r="X87" s="4"/>
+      <c r="Y87" s="4"/>
+    </row>
+    <row r="88" spans="1:25">
       <c r="A88" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
       <c r="J88" s="2"/>
       <c r="K88" s="2"/>
       <c r="L88" s="2"/>
       <c r="M88" s="2"/>
       <c r="N88" s="2"/>
       <c r="O88" s="2"/>
-    </row>
-    <row r="89" spans="1:15">
+      <c r="P88" s="2"/>
+      <c r="Q88" s="2"/>
+      <c r="R88" s="2"/>
+      <c r="S88" s="2"/>
+      <c r="T88" s="2"/>
+      <c r="U88" s="2"/>
+      <c r="V88" s="2"/>
+      <c r="W88" s="2"/>
+      <c r="X88" s="2"/>
+      <c r="Y88" s="2"/>
+    </row>
+    <row r="89" spans="1:25">
       <c r="A89" s="3" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B89" s="3"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
       <c r="M89" s="3"/>
       <c r="N89" s="3"/>
       <c r="O89" s="3"/>
-    </row>
-    <row r="90" spans="1:15">
+      <c r="P89" s="3"/>
+      <c r="Q89" s="3"/>
+      <c r="R89" s="3"/>
+      <c r="S89" s="3"/>
+      <c r="T89" s="3"/>
+      <c r="U89" s="3"/>
+      <c r="V89" s="3"/>
+      <c r="W89" s="3"/>
+      <c r="X89" s="3"/>
+      <c r="Y89" s="3"/>
+    </row>
+    <row r="90" spans="1:25">
       <c r="A90" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B90" t="s">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="C90" t="s">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="D90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="G90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="H90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="I90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="J90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="K90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="L90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="N90" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="O90" t="s">
-        <v>70</v>
-[...50 lines deleted...]
-      <c r="A92" t="s">
+        <v>76</v>
+      </c>
+      <c r="P90" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>76</v>
+      </c>
+      <c r="R90" t="s">
+        <v>76</v>
+      </c>
+      <c r="S90" t="s">
+        <v>76</v>
+      </c>
+      <c r="T90" t="s">
+        <v>76</v>
+      </c>
+      <c r="U90" t="s">
+        <v>76</v>
+      </c>
+      <c r="V90" t="s">
+        <v>76</v>
+      </c>
+      <c r="W90" t="s">
+        <v>76</v>
+      </c>
+      <c r="X90" t="s">
+        <v>76</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="91" spans="1:25">
+      <c r="A91" s="4"/>
+      <c r="B91" s="4"/>
+      <c r="C91" s="4"/>
+      <c r="D91" s="4"/>
+      <c r="E91" s="4"/>
+      <c r="F91" s="4"/>
+      <c r="G91" s="4"/>
+      <c r="H91" s="4"/>
+      <c r="I91" s="4"/>
+      <c r="J91" s="4"/>
+      <c r="K91" s="4"/>
+      <c r="L91" s="4"/>
+      <c r="M91" s="4"/>
+      <c r="N91" s="4"/>
+      <c r="O91" s="4"/>
+      <c r="P91" s="4"/>
+      <c r="Q91" s="4"/>
+      <c r="R91" s="4"/>
+      <c r="S91" s="4"/>
+      <c r="T91" s="4"/>
+      <c r="U91" s="4"/>
+      <c r="V91" s="4"/>
+      <c r="W91" s="4"/>
+      <c r="X91" s="4"/>
+      <c r="Y91" s="4"/>
+    </row>
+    <row r="92" spans="1:25">
+      <c r="A92" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
+      <c r="J92" s="2"/>
+      <c r="K92" s="2"/>
+      <c r="L92" s="2"/>
+      <c r="M92" s="2"/>
+      <c r="N92" s="2"/>
+      <c r="O92" s="2"/>
+      <c r="P92" s="2"/>
+      <c r="Q92" s="2"/>
+      <c r="R92" s="2"/>
+      <c r="S92" s="2"/>
+      <c r="T92" s="2"/>
+      <c r="U92" s="2"/>
+      <c r="V92" s="2"/>
+      <c r="W92" s="2"/>
+      <c r="X92" s="2"/>
+      <c r="Y92" s="2"/>
+    </row>
+    <row r="93" spans="1:25">
+      <c r="A93" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B93" s="3"/>
+      <c r="C93" s="3"/>
+      <c r="D93" s="3"/>
+      <c r="E93" s="3"/>
+      <c r="F93" s="3"/>
+      <c r="G93" s="3"/>
+      <c r="H93" s="3"/>
+      <c r="I93" s="3"/>
+      <c r="J93" s="3"/>
+      <c r="K93" s="3"/>
+      <c r="L93" s="3"/>
+      <c r="M93" s="3"/>
+      <c r="N93" s="3"/>
+      <c r="O93" s="3"/>
+      <c r="P93" s="3"/>
+      <c r="Q93" s="3"/>
+      <c r="R93" s="3"/>
+      <c r="S93" s="3"/>
+      <c r="T93" s="3"/>
+      <c r="U93" s="3"/>
+      <c r="V93" s="3"/>
+      <c r="W93" s="3"/>
+      <c r="X93" s="3"/>
+      <c r="Y93" s="3"/>
+    </row>
+    <row r="94" spans="1:25">
+      <c r="A94" t="s">
         <v>10</v>
       </c>
-      <c r="B92" t="s">
-[...43 lines deleted...]
-      <c r="A93" t="s">
+      <c r="B94" t="s">
+        <v>68</v>
+      </c>
+      <c r="C94" t="s">
+        <v>68</v>
+      </c>
+      <c r="D94" t="s">
+        <v>68</v>
+      </c>
+      <c r="E94" t="s">
+        <v>68</v>
+      </c>
+      <c r="F94" t="s">
+        <v>68</v>
+      </c>
+      <c r="G94" t="s">
+        <v>68</v>
+      </c>
+      <c r="H94" t="s">
+        <v>68</v>
+      </c>
+      <c r="I94" t="s">
+        <v>68</v>
+      </c>
+      <c r="J94" t="s">
+        <v>68</v>
+      </c>
+      <c r="K94" t="s">
+        <v>68</v>
+      </c>
+      <c r="L94" t="s">
+        <v>68</v>
+      </c>
+      <c r="M94" t="s">
+        <v>68</v>
+      </c>
+      <c r="N94" t="s">
+        <v>68</v>
+      </c>
+      <c r="O94" t="s">
+        <v>68</v>
+      </c>
+      <c r="P94" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>68</v>
+      </c>
+      <c r="R94" t="s">
+        <v>68</v>
+      </c>
+      <c r="S94" t="s">
+        <v>68</v>
+      </c>
+      <c r="T94" t="s">
+        <v>68</v>
+      </c>
+      <c r="U94" t="s">
+        <v>68</v>
+      </c>
+      <c r="V94" t="s">
+        <v>68</v>
+      </c>
+      <c r="W94" t="s">
+        <v>68</v>
+      </c>
+      <c r="X94" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="95" spans="1:25">
+      <c r="A95" t="s">
+        <v>18</v>
+      </c>
+      <c r="B95" t="s">
+        <v>78</v>
+      </c>
+      <c r="C95" t="s">
+        <v>78</v>
+      </c>
+      <c r="D95" t="s">
+        <v>78</v>
+      </c>
+      <c r="E95" t="s">
+        <v>78</v>
+      </c>
+      <c r="F95" t="s">
+        <v>78</v>
+      </c>
+      <c r="G95" t="s">
+        <v>78</v>
+      </c>
+      <c r="H95" t="s">
+        <v>78</v>
+      </c>
+      <c r="I95" t="s">
+        <v>78</v>
+      </c>
+      <c r="J95" t="s">
+        <v>78</v>
+      </c>
+      <c r="K95" t="s">
+        <v>78</v>
+      </c>
+      <c r="L95" t="s">
+        <v>78</v>
+      </c>
+      <c r="M95" t="s">
+        <v>78</v>
+      </c>
+      <c r="N95" t="s">
+        <v>78</v>
+      </c>
+      <c r="O95" t="s">
+        <v>78</v>
+      </c>
+      <c r="P95" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>78</v>
+      </c>
+      <c r="R95" t="s">
+        <v>78</v>
+      </c>
+      <c r="S95" t="s">
+        <v>78</v>
+      </c>
+      <c r="T95" t="s">
+        <v>78</v>
+      </c>
+      <c r="U95" t="s">
+        <v>78</v>
+      </c>
+      <c r="V95" t="s">
+        <v>78</v>
+      </c>
+      <c r="W95" t="s">
+        <v>78</v>
+      </c>
+      <c r="X95" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="96" spans="1:25">
+      <c r="A96" t="s">
         <v>12</v>
       </c>
-      <c r="B93" t="s">
-[...132 lines deleted...]
-    <row r="98" spans="1:15">
+      <c r="B96" t="s">
+        <v>79</v>
+      </c>
+      <c r="C96" t="s">
+        <v>79</v>
+      </c>
+      <c r="D96" t="s">
+        <v>79</v>
+      </c>
+      <c r="E96" t="s">
+        <v>79</v>
+      </c>
+      <c r="F96" t="s">
+        <v>79</v>
+      </c>
+      <c r="G96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H96" t="s">
+        <v>79</v>
+      </c>
+      <c r="I96" t="s">
+        <v>79</v>
+      </c>
+      <c r="J96" t="s">
+        <v>79</v>
+      </c>
+      <c r="K96" t="s">
+        <v>79</v>
+      </c>
+      <c r="L96" t="s">
+        <v>79</v>
+      </c>
+      <c r="M96" t="s">
+        <v>79</v>
+      </c>
+      <c r="N96" t="s">
+        <v>79</v>
+      </c>
+      <c r="O96" t="s">
+        <v>79</v>
+      </c>
+      <c r="P96" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>79</v>
+      </c>
+      <c r="R96" t="s">
+        <v>79</v>
+      </c>
+      <c r="S96" t="s">
+        <v>79</v>
+      </c>
+      <c r="T96" t="s">
+        <v>79</v>
+      </c>
+      <c r="U96" t="s">
+        <v>79</v>
+      </c>
+      <c r="V96" t="s">
+        <v>79</v>
+      </c>
+      <c r="W96" t="s">
+        <v>79</v>
+      </c>
+      <c r="X96" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="97" spans="1:25">
+      <c r="A97" t="s">
+        <v>14</v>
+      </c>
+      <c r="B97" t="s">
+        <v>80</v>
+      </c>
+      <c r="C97" t="s">
+        <v>80</v>
+      </c>
+      <c r="D97" t="s">
+        <v>80</v>
+      </c>
+      <c r="E97" t="s">
+        <v>80</v>
+      </c>
+      <c r="F97" t="s">
+        <v>80</v>
+      </c>
+      <c r="G97" t="s">
+        <v>80</v>
+      </c>
+      <c r="H97" t="s">
+        <v>80</v>
+      </c>
+      <c r="I97" t="s">
+        <v>80</v>
+      </c>
+      <c r="J97" t="s">
+        <v>80</v>
+      </c>
+      <c r="K97" t="s">
+        <v>80</v>
+      </c>
+      <c r="L97" t="s">
+        <v>80</v>
+      </c>
+      <c r="M97" t="s">
+        <v>80</v>
+      </c>
+      <c r="N97" t="s">
+        <v>80</v>
+      </c>
+      <c r="O97" t="s">
+        <v>80</v>
+      </c>
+      <c r="P97" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>80</v>
+      </c>
+      <c r="R97" t="s">
+        <v>80</v>
+      </c>
+      <c r="S97" t="s">
+        <v>80</v>
+      </c>
+      <c r="T97" t="s">
+        <v>80</v>
+      </c>
+      <c r="U97" t="s">
+        <v>80</v>
+      </c>
+      <c r="V97" t="s">
+        <v>80</v>
+      </c>
+      <c r="W97" t="s">
+        <v>80</v>
+      </c>
+      <c r="X97" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="98" spans="1:25">
       <c r="A98" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="B98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="C98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="D98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="E98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="F98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="G98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="H98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="I98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="J98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="K98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="L98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="M98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="N98" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="O98" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:15">
+        <v>49</v>
+      </c>
+      <c r="P98" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>49</v>
+      </c>
+      <c r="R98" t="s">
+        <v>49</v>
+      </c>
+      <c r="S98" t="s">
+        <v>49</v>
+      </c>
+      <c r="T98" t="s">
+        <v>49</v>
+      </c>
+      <c r="U98" t="s">
+        <v>49</v>
+      </c>
+      <c r="V98" t="s">
+        <v>49</v>
+      </c>
+      <c r="W98" t="s">
+        <v>49</v>
+      </c>
+      <c r="X98" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="99" spans="1:25">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="4"/>
       <c r="H99" s="4"/>
       <c r="I99" s="4"/>
       <c r="J99" s="4"/>
       <c r="K99" s="4"/>
       <c r="L99" s="4"/>
       <c r="M99" s="4"/>
       <c r="N99" s="4"/>
       <c r="O99" s="4"/>
-    </row>
-    <row r="100" spans="1:15">
+      <c r="P99" s="4"/>
+      <c r="Q99" s="4"/>
+      <c r="R99" s="4"/>
+      <c r="S99" s="4"/>
+      <c r="T99" s="4"/>
+      <c r="U99" s="4"/>
+      <c r="V99" s="4"/>
+      <c r="W99" s="4"/>
+      <c r="X99" s="4"/>
+      <c r="Y99" s="4"/>
+    </row>
+    <row r="100" spans="1:25">
       <c r="A100" s="2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
       <c r="J100" s="2"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
       <c r="M100" s="2"/>
       <c r="N100" s="2"/>
       <c r="O100" s="2"/>
-    </row>
-    <row r="101" spans="1:15">
+      <c r="P100" s="2"/>
+      <c r="Q100" s="2"/>
+      <c r="R100" s="2"/>
+      <c r="S100" s="2"/>
+      <c r="T100" s="2"/>
+      <c r="U100" s="2"/>
+      <c r="V100" s="2"/>
+      <c r="W100" s="2"/>
+      <c r="X100" s="2"/>
+      <c r="Y100" s="2"/>
+    </row>
+    <row r="101" spans="1:25">
       <c r="A101" s="3" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
       <c r="M101" s="3"/>
       <c r="N101" s="3"/>
       <c r="O101" s="3"/>
-    </row>
-    <row r="102" spans="1:15">
+      <c r="P101" s="3"/>
+      <c r="Q101" s="3"/>
+      <c r="R101" s="3"/>
+      <c r="S101" s="3"/>
+      <c r="T101" s="3"/>
+      <c r="U101" s="3"/>
+      <c r="V101" s="3"/>
+      <c r="W101" s="3"/>
+      <c r="X101" s="3"/>
+      <c r="Y101" s="3"/>
+    </row>
+    <row r="102" spans="1:25">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>82</v>
       </c>
       <c r="C102" t="s">
-        <v>8</v>
+        <v>82</v>
       </c>
       <c r="D102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="E102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="F102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="G102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="H102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="I102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="J102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="K102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="L102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="M102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="N102" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="O102" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:15">
+        <v>82</v>
+      </c>
+      <c r="P102" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>82</v>
+      </c>
+      <c r="R102" t="s">
+        <v>82</v>
+      </c>
+      <c r="S102" t="s">
+        <v>82</v>
+      </c>
+      <c r="T102" t="s">
+        <v>82</v>
+      </c>
+      <c r="U102" t="s">
+        <v>82</v>
+      </c>
+      <c r="V102" t="s">
+        <v>82</v>
+      </c>
+      <c r="W102" t="s">
+        <v>82</v>
+      </c>
+      <c r="X102" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="103" spans="1:25">
       <c r="A103" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="C103" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="D103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N103" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O103" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:15">
+        <v>78</v>
+      </c>
+      <c r="P103" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>78</v>
+      </c>
+      <c r="R103" t="s">
+        <v>78</v>
+      </c>
+      <c r="S103" t="s">
+        <v>78</v>
+      </c>
+      <c r="T103" t="s">
+        <v>78</v>
+      </c>
+      <c r="U103" t="s">
+        <v>78</v>
+      </c>
+      <c r="V103" t="s">
+        <v>78</v>
+      </c>
+      <c r="W103" t="s">
+        <v>78</v>
+      </c>
+      <c r="X103" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="104" spans="1:25">
       <c r="A104" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B104" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
       <c r="C104" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
       <c r="D104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="E104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="G104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="I104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="J104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="K104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="L104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="M104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="N104" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="O104" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:15">
+        <v>83</v>
+      </c>
+      <c r="P104" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>83</v>
+      </c>
+      <c r="R104" t="s">
+        <v>83</v>
+      </c>
+      <c r="S104" t="s">
+        <v>83</v>
+      </c>
+      <c r="T104" t="s">
+        <v>83</v>
+      </c>
+      <c r="U104" t="s">
+        <v>83</v>
+      </c>
+      <c r="V104" t="s">
+        <v>83</v>
+      </c>
+      <c r="W104" t="s">
+        <v>83</v>
+      </c>
+      <c r="X104" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="105" spans="1:25">
       <c r="A105" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="G105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="J105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="K105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="L105" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="M105" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:15">
+        <v>84</v>
+      </c>
+      <c r="N105" t="s">
+        <v>84</v>
+      </c>
+      <c r="O105" t="s">
+        <v>84</v>
+      </c>
+      <c r="P105" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>84</v>
+      </c>
+      <c r="R105" t="s">
+        <v>84</v>
+      </c>
+      <c r="S105" t="s">
+        <v>84</v>
+      </c>
+      <c r="T105" t="s">
+        <v>84</v>
+      </c>
+      <c r="U105" t="s">
+        <v>84</v>
+      </c>
+      <c r="V105" t="s">
+        <v>84</v>
+      </c>
+      <c r="W105" t="s">
+        <v>84</v>
+      </c>
+      <c r="X105" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="106" spans="1:25">
       <c r="A106" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L106" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M106" t="s">
-        <v>48</v>
-[...300 lines deleted...]
-      <c r="A117" t="s">
+        <v>49</v>
+      </c>
+      <c r="N106" t="s">
+        <v>49</v>
+      </c>
+      <c r="O106" t="s">
+        <v>49</v>
+      </c>
+      <c r="P106" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>49</v>
+      </c>
+      <c r="R106" t="s">
+        <v>49</v>
+      </c>
+      <c r="S106" t="s">
+        <v>49</v>
+      </c>
+      <c r="T106" t="s">
+        <v>49</v>
+      </c>
+      <c r="U106" t="s">
+        <v>49</v>
+      </c>
+      <c r="V106" t="s">
+        <v>49</v>
+      </c>
+      <c r="W106" t="s">
+        <v>49</v>
+      </c>
+      <c r="X106" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="108" spans="1:25">
+      <c r="A108" s="1" t="s">
         <v>85</v>
+      </c>
+      <c r="B108" s="1"/>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
+      <c r="E108" s="1"/>
+      <c r="F108" s="1"/>
+      <c r="G108" s="1"/>
+      <c r="H108" s="1"/>
+      <c r="I108" s="1"/>
+      <c r="J108" s="1"/>
+      <c r="K108" s="1"/>
+      <c r="L108" s="1"/>
+      <c r="M108" s="1"/>
+      <c r="N108" s="1"/>
+      <c r="O108" s="1"/>
+      <c r="P108" s="1"/>
+      <c r="Q108" s="1"/>
+      <c r="R108" s="1"/>
+      <c r="S108" s="1"/>
+      <c r="T108" s="1"/>
+      <c r="U108" s="1"/>
+      <c r="V108" s="1"/>
+      <c r="W108" s="1"/>
+      <c r="X108" s="1"/>
+      <c r="Y108" s="1"/>
+    </row>
+    <row r="109" spans="1:25">
+      <c r="A109" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A117:O117"/>
+    <mergeCell ref="A109:Y109"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>