--- v1 (2025-12-17)
+++ v2 (2026-02-07)
@@ -12,311 +12,482 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="po-zatutyrkam-2-dnya-tur-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>07.02.2026</t>
   </si>
   <si>
     <t>22.02.2026</t>
   </si>
   <si>
     <t>08.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>11.04.2026</t>
   </si>
   <si>
     <t>18.04.2026</t>
   </si>
   <si>
     <t>25.04.2026</t>
   </si>
   <si>
+    <t>02.05.2026</t>
+  </si>
+  <si>
+    <t>10.05.2026</t>
+  </si>
+  <si>
+    <t>16.05.2026</t>
+  </si>
+  <si>
+    <t>23.05.2026</t>
+  </si>
+  <si>
+    <t>30.05.2026</t>
+  </si>
+  <si>
+    <t>06.06.2026</t>
+  </si>
+  <si>
+    <t>13.06.2026</t>
+  </si>
+  <si>
+    <t>20.06.2026</t>
+  </si>
+  <si>
+    <t>27.06.2026</t>
+  </si>
+  <si>
+    <t>04.07.2026</t>
+  </si>
+  <si>
+    <t>11.07.2026</t>
+  </si>
+  <si>
+    <t>18.07.2026</t>
+  </si>
+  <si>
+    <t>25.07.2026</t>
+  </si>
+  <si>
+    <t>01.08.2026</t>
+  </si>
+  <si>
+    <t>08.08.2026</t>
+  </si>
+  <si>
+    <t>15.08.2026</t>
+  </si>
+  <si>
+    <t>22.08.2026</t>
+  </si>
+  <si>
+    <t>29.08.2026</t>
+  </si>
+  <si>
     <t>"Арль" Номер в реестре С602025003934</t>
   </si>
   <si>
     <t>Твин (раздельные кровати)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>10200 RUB</t>
   </si>
   <si>
+    <t>14400 RUB</t>
+  </si>
+  <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>12100 RUB</t>
+  </si>
+  <si>
+    <t>17050 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на основном месте</t>
   </si>
   <si>
     <t>9600 RUB</t>
   </si>
   <si>
+    <t>13800 RUB</t>
+  </si>
+  <si>
     <t>Комфорт (двуспальная кровать)</t>
   </si>
   <si>
     <t>10500 RUB</t>
+  </si>
+  <si>
+    <t>14550 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>9500 RUB</t>
   </si>
   <si>
+    <t>14050 RUB</t>
+  </si>
+  <si>
     <t>12900 RUB</t>
   </si>
   <si>
+    <t>17700 RUB</t>
+  </si>
+  <si>
     <t>9900 RUB</t>
+  </si>
+  <si>
+    <t>13950 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>8900 RUB</t>
+  </si>
+  <si>
+    <t>13450 RUB</t>
   </si>
   <si>
     <t>"Ольгинская" Номер в реестре С602024019384</t>
   </si>
   <si>
     <t>Стандарт 2-хместный</t>
   </si>
   <si>
     <t>10750 RUB</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>14850 RUB</t>
+  </si>
+  <si>
     <t>10150 RUB</t>
+  </si>
+  <si>
+    <t>14250 RUB</t>
   </si>
   <si>
     <t>Стандарт 1-местный</t>
   </si>
   <si>
     <t>11400 RUB</t>
+  </si>
+  <si>
+    <t>15850 RUB</t>
   </si>
   <si>
     <t>Стандарт 3-хместный</t>
   </si>
   <si>
     <t xml:space="preserve">Комфорт </t>
   </si>
   <si>
     <t>11800 RUB</t>
   </si>
   <si>
+    <t>16700 RUB</t>
+  </si>
+  <si>
     <t>9200 RUB</t>
+  </si>
+  <si>
+    <t>12700 RUB</t>
   </si>
   <si>
     <t>13200 RUB</t>
   </si>
   <si>
+    <t>19700 RUB</t>
+  </si>
+  <si>
     <t>11200 RUB</t>
+  </si>
+  <si>
+    <t>16100 RUB</t>
   </si>
   <si>
     <t>8600 RUB</t>
   </si>
   <si>
     <t>"Рижская" Номер в реестре С602024006682</t>
   </si>
   <si>
     <t>Стандартный двухместный номер</t>
   </si>
   <si>
     <t>10600 RUB</t>
   </si>
   <si>
     <t>Стандартный одноместный номер</t>
   </si>
   <si>
     <t>11600 RUB</t>
   </si>
   <si>
+    <t>15700 RUB</t>
+  </si>
+  <si>
     <t>"Октябрьская" Номер в реестре С602024014375</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
     <t>10900 RUB</t>
   </si>
   <si>
+    <t>14700 RUB</t>
+  </si>
+  <si>
     <t>10300 RUB</t>
   </si>
   <si>
+    <t>14100 RUB</t>
+  </si>
+  <si>
     <t>Стандарт одноместный</t>
+  </si>
+  <si>
+    <t>15200 RUB</t>
   </si>
   <si>
     <t>"Золотая набережная" Номер в реестре С602024001619</t>
   </si>
   <si>
     <t>Номер "Комфорт"</t>
   </si>
   <si>
     <t>9400 RUB</t>
   </si>
   <si>
+    <t>13400 RUB</t>
+  </si>
+  <si>
     <t>15000 RUB</t>
+  </si>
+  <si>
+    <t>20700 RUB</t>
   </si>
   <si>
     <t>8800 RUB</t>
   </si>
   <si>
+    <t>12800 RUB</t>
+  </si>
+  <si>
     <t>Номер "Комфорт+"</t>
+  </si>
+  <si>
+    <t>17200 RUB</t>
   </si>
   <si>
     <t>15500 RUB</t>
   </si>
   <si>
+    <t>21600 RUB</t>
+  </si>
+  <si>
     <t>11500 RUB</t>
+  </si>
+  <si>
+    <t>16600 RUB</t>
   </si>
   <si>
     <t>"Барселона" Номер в реестре С602024015193</t>
   </si>
   <si>
     <t xml:space="preserve">Стандарт </t>
   </si>
   <si>
     <t>12400 RUB</t>
   </si>
   <si>
+    <t>16750 RUB</t>
+  </si>
+  <si>
     <t>14800 RUB</t>
+  </si>
+  <si>
+    <t>19750 RUB</t>
+  </si>
+  <si>
+    <t>16150 RUB</t>
   </si>
   <si>
     <t>"Покровский" Номер в реестре С602024019747</t>
   </si>
   <si>
     <t>Стандарт Мансарда</t>
   </si>
   <si>
     <t>13600 RUB</t>
   </si>
   <si>
+    <t>17800 RUB</t>
+  </si>
+  <si>
     <t>9800 RUB</t>
   </si>
   <si>
-    <t>17200 RUB</t>
+    <t>22200 RUB</t>
   </si>
   <si>
     <t>13000 RUB</t>
   </si>
   <si>
     <t>Стандарт</t>
   </si>
   <si>
     <t>13900 RUB</t>
   </si>
   <si>
+    <t>17950 RUB</t>
+  </si>
+  <si>
     <t>17900 RUB</t>
   </si>
   <si>
+    <t>22600 RUB</t>
+  </si>
+  <si>
     <t>13300 RUB</t>
+  </si>
+  <si>
+    <t>17350 RUB</t>
   </si>
   <si>
     <t>Old Estate (Старые кварталы) Номер в реестре С602024003414</t>
   </si>
   <si>
     <t>Стандартный номер</t>
   </si>
   <si>
     <t>15800 RUB</t>
   </si>
   <si>
+    <t>21500 RUB</t>
+  </si>
+  <si>
+    <t>14750 RUB</t>
+  </si>
+  <si>
     <t>22500 RUB</t>
   </si>
   <si>
-    <t>15200 RUB</t>
+    <t>29600 RUB</t>
+  </si>
+  <si>
+    <t>20900 RUB</t>
+  </si>
+  <si>
+    <t>14150 RUB</t>
   </si>
   <si>
     <t>Тур без размещения</t>
   </si>
   <si>
     <t>Экскурсии, питание по программе тура, входные билеты</t>
   </si>
   <si>
     <t>7800 RUB</t>
   </si>
   <si>
     <t>"Двор Подзноева" (корпус Бизнес) Номер в реестре С602024007106</t>
   </si>
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
     <t>17400 RUB</t>
   </si>
   <si>
-    <t>12700 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>"Двор Подзноева" (корпус "Студии и апартаменты") Номер в реестре С602024012823</t>
   </si>
   <si>
     <t>13700 RUB</t>
   </si>
   <si>
     <t>18200 RUB</t>
   </si>
   <si>
     <t>13100 RUB</t>
   </si>
   <si>
+    <t>"Двор Подзноева" (корпус "Главный") Номер в реестре С602024006888</t>
+  </si>
+  <si>
+    <t>21400 RUB</t>
+  </si>
+  <si>
+    <t>29500 RUB</t>
+  </si>
+  <si>
+    <t>20800 RUB</t>
+  </si>
+  <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 17.12.2025 12:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 07.02.2026 09:43, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -658,86 +829,137 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y109"/>
+  <dimension ref="A1:BX117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A108" sqref="A108:Y108"/>
+      <selection activeCell="A116" sqref="A116:BX116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25">
+    <row r="1" spans="1:76">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>2</v>
       </c>
@@ -767,6234 +989,19451 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>7</v>
       </c>
+      <c r="Z1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AT1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AU1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="AV1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="AW1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="AX1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AY1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AZ1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="BA1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="BB1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="BC1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="BD1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="BE1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="BF1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="BG1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="BH1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="BI1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="BJ1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="BK1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="BL1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="BM1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="BN1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="BO1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="BP1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="BQ1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="BR1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="BS1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="BT1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="BU1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="BV1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="BW1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="BX1" s="1" t="s">
+        <v>24</v>
+      </c>
     </row>
-    <row r="2" spans="1:25">
+    <row r="2" spans="1:76">
       <c r="A2" s="2" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2"/>
+      <c r="AH2" s="2"/>
+      <c r="AI2" s="2"/>
+      <c r="AJ2" s="2"/>
+      <c r="AK2" s="2"/>
+      <c r="AL2" s="2"/>
+      <c r="AM2" s="2"/>
+      <c r="AN2" s="2"/>
+      <c r="AO2" s="2"/>
+      <c r="AP2" s="2"/>
+      <c r="AQ2" s="2"/>
+      <c r="AR2" s="2"/>
+      <c r="AS2" s="2"/>
+      <c r="AT2" s="2"/>
+      <c r="AU2" s="2"/>
+      <c r="AV2" s="2"/>
+      <c r="AW2" s="2"/>
+      <c r="AX2" s="2"/>
+      <c r="AY2" s="2"/>
+      <c r="AZ2" s="2"/>
+      <c r="BA2" s="2"/>
+      <c r="BB2" s="2"/>
+      <c r="BC2" s="2"/>
+      <c r="BD2" s="2"/>
+      <c r="BE2" s="2"/>
+      <c r="BF2" s="2"/>
+      <c r="BG2" s="2"/>
+      <c r="BH2" s="2"/>
+      <c r="BI2" s="2"/>
+      <c r="BJ2" s="2"/>
+      <c r="BK2" s="2"/>
+      <c r="BL2" s="2"/>
+      <c r="BM2" s="2"/>
+      <c r="BN2" s="2"/>
+      <c r="BO2" s="2"/>
+      <c r="BP2" s="2"/>
+      <c r="BQ2" s="2"/>
+      <c r="BR2" s="2"/>
+      <c r="BS2" s="2"/>
+      <c r="BT2" s="2"/>
+      <c r="BU2" s="2"/>
+      <c r="BV2" s="2"/>
+      <c r="BW2" s="2"/>
+      <c r="BX2" s="2"/>
     </row>
-    <row r="3" spans="1:25">
+    <row r="3" spans="1:76">
       <c r="A3" s="3" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
+      <c r="AV3" s="3"/>
+      <c r="AW3" s="3"/>
+      <c r="AX3" s="3"/>
+      <c r="AY3" s="3"/>
+      <c r="AZ3" s="3"/>
+      <c r="BA3" s="3"/>
+      <c r="BB3" s="3"/>
+      <c r="BC3" s="3"/>
+      <c r="BD3" s="3"/>
+      <c r="BE3" s="3"/>
+      <c r="BF3" s="3"/>
+      <c r="BG3" s="3"/>
+      <c r="BH3" s="3"/>
+      <c r="BI3" s="3"/>
+      <c r="BJ3" s="3"/>
+      <c r="BK3" s="3"/>
+      <c r="BL3" s="3"/>
+      <c r="BM3" s="3"/>
+      <c r="BN3" s="3"/>
+      <c r="BO3" s="3"/>
+      <c r="BP3" s="3"/>
+      <c r="BQ3" s="3"/>
+      <c r="BR3" s="3"/>
+      <c r="BS3" s="3"/>
+      <c r="BT3" s="3"/>
+      <c r="BU3" s="3"/>
+      <c r="BV3" s="3"/>
+      <c r="BW3" s="3"/>
+      <c r="BX3" s="3"/>
     </row>
-    <row r="4" spans="1:25">
+    <row r="4" spans="1:76">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="I4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="J4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="M4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="N4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="O4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="Q4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="R4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="S4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="T4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="U4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="V4" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="W4" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="X4" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="Y4" t="s">
-        <v>11</v>
+        <v>29</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>29</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BR4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BS4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BT4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BU4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BV4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BW4" t="s">
+        <v>29</v>
+      </c>
+      <c r="BX4" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="5" spans="1:25">
+    <row r="5" spans="1:76">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="I5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="J5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="K5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="L5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="N5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="O5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="P5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="Q5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="R5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="S5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="T5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="U5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="V5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="W5" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="X5" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="Y5" t="s">
-        <v>13</v>
+        <v>32</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BR5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BT5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BU5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BV5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BW5" t="s">
+        <v>32</v>
+      </c>
+      <c r="BX5" t="s">
+        <v>32</v>
       </c>
     </row>
-    <row r="6" spans="1:25">
+    <row r="6" spans="1:76">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="I6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="J6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="M6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="N6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="O6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="P6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="Q6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="R6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="S6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="T6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="U6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="V6" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="W6" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="X6" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="Y6" t="s">
-        <v>15</v>
+        <v>35</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BH6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BM6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BN6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BO6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BP6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BQ6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BR6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BS6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BT6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BU6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BV6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BW6" t="s">
+        <v>35</v>
+      </c>
+      <c r="BX6" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="7" spans="1:25">
+    <row r="7" spans="1:76">
       <c r="A7" s="3" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
+      <c r="Z7" s="3"/>
+      <c r="AA7" s="3"/>
+      <c r="AB7" s="3"/>
+      <c r="AC7" s="3"/>
+      <c r="AD7" s="3"/>
+      <c r="AE7" s="3"/>
+      <c r="AF7" s="3"/>
+      <c r="AG7" s="3"/>
+      <c r="AH7" s="3"/>
+      <c r="AI7" s="3"/>
+      <c r="AJ7" s="3"/>
+      <c r="AK7" s="3"/>
+      <c r="AL7" s="3"/>
+      <c r="AM7" s="3"/>
+      <c r="AN7" s="3"/>
+      <c r="AO7" s="3"/>
+      <c r="AP7" s="3"/>
+      <c r="AQ7" s="3"/>
+      <c r="AR7" s="3"/>
+      <c r="AS7" s="3"/>
+      <c r="AT7" s="3"/>
+      <c r="AU7" s="3"/>
+      <c r="AV7" s="3"/>
+      <c r="AW7" s="3"/>
+      <c r="AX7" s="3"/>
+      <c r="AY7" s="3"/>
+      <c r="AZ7" s="3"/>
+      <c r="BA7" s="3"/>
+      <c r="BB7" s="3"/>
+      <c r="BC7" s="3"/>
+      <c r="BD7" s="3"/>
+      <c r="BE7" s="3"/>
+      <c r="BF7" s="3"/>
+      <c r="BG7" s="3"/>
+      <c r="BH7" s="3"/>
+      <c r="BI7" s="3"/>
+      <c r="BJ7" s="3"/>
+      <c r="BK7" s="3"/>
+      <c r="BL7" s="3"/>
+      <c r="BM7" s="3"/>
+      <c r="BN7" s="3"/>
+      <c r="BO7" s="3"/>
+      <c r="BP7" s="3"/>
+      <c r="BQ7" s="3"/>
+      <c r="BR7" s="3"/>
+      <c r="BS7" s="3"/>
+      <c r="BT7" s="3"/>
+      <c r="BU7" s="3"/>
+      <c r="BV7" s="3"/>
+      <c r="BW7" s="3"/>
+      <c r="BX7" s="3"/>
     </row>
-    <row r="8" spans="1:25">
+    <row r="8" spans="1:76">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="H8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="J8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="K8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="M8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="O8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="P8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="Q8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="R8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="S8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="T8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="U8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="V8" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="W8" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="X8" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="Y8" t="s">
-        <v>17</v>
+        <v>38</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BH8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BL8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BM8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BN8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BO8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BP8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BQ8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BR8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BS8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BT8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BU8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BV8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BW8" t="s">
+        <v>38</v>
+      </c>
+      <c r="BX8" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="9" spans="1:25">
+    <row r="9" spans="1:76">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="G9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="H9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="I9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="J9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="K9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="L9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="M9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="N9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="O9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="P9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="Q9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="R9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="S9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="T9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="U9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="V9" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="W9" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="X9" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="Y9" t="s">
-        <v>19</v>
+        <v>41</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BH9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BK9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BL9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BM9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BN9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BO9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BP9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BQ9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BR9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BS9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BT9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BU9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BV9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BW9" t="s">
+        <v>41</v>
+      </c>
+      <c r="BX9" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="10" spans="1:25">
+    <row r="10" spans="1:76">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="G10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="I10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="J10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="K10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="M10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="N10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="O10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="P10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="Q10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="R10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="S10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="T10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="U10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="V10" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="W10" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="X10" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="Y10" t="s">
-        <v>20</v>
+        <v>43</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BH10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BM10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BN10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BO10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BP10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BQ10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BR10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BS10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BT10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BU10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BV10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BW10" t="s">
+        <v>43</v>
+      </c>
+      <c r="BX10" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="11" spans="1:25">
+    <row r="11" spans="1:76">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="H11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="I11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="L11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="M11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="N11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="O11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="P11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="Q11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="R11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="S11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="T11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="U11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="V11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="W11" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="X11" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="Y11" t="s">
-        <v>21</v>
+        <v>45</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BH11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BJ11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BK11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BL11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BM11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BN11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BO11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BP11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BQ11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BR11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BS11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BT11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BU11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BV11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BW11" t="s">
+        <v>45</v>
+      </c>
+      <c r="BX11" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="12" spans="1:25">
+    <row r="12" spans="1:76">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="C12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="G12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="I12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="K12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="L12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="N12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="P12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="Q12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="R12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="S12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="T12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="U12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="V12" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="W12" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="X12" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="Y12" t="s">
-        <v>23</v>
+        <v>48</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>48</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BB12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BH12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BI12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BJ12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BK12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BL12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BM12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BN12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BO12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BP12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BQ12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BR12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BS12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BT12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BU12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BV12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BW12" t="s">
+        <v>48</v>
+      </c>
+      <c r="BX12" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="13" spans="1:25">
+    <row r="13" spans="1:76">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
+      <c r="Z13" s="4"/>
+      <c r="AA13" s="4"/>
+      <c r="AB13" s="4"/>
+      <c r="AC13" s="4"/>
+      <c r="AD13" s="4"/>
+      <c r="AE13" s="4"/>
+      <c r="AF13" s="4"/>
+      <c r="AG13" s="4"/>
+      <c r="AH13" s="4"/>
+      <c r="AI13" s="4"/>
+      <c r="AJ13" s="4"/>
+      <c r="AK13" s="4"/>
+      <c r="AL13" s="4"/>
+      <c r="AM13" s="4"/>
+      <c r="AN13" s="4"/>
+      <c r="AO13" s="4"/>
+      <c r="AP13" s="4"/>
+      <c r="AQ13" s="4"/>
+      <c r="AR13" s="4"/>
+      <c r="AS13" s="4"/>
+      <c r="AT13" s="4"/>
+      <c r="AU13" s="4"/>
+      <c r="AV13" s="4"/>
+      <c r="AW13" s="4"/>
+      <c r="AX13" s="4"/>
+      <c r="AY13" s="4"/>
+      <c r="AZ13" s="4"/>
+      <c r="BA13" s="4"/>
+      <c r="BB13" s="4"/>
+      <c r="BC13" s="4"/>
+      <c r="BD13" s="4"/>
+      <c r="BE13" s="4"/>
+      <c r="BF13" s="4"/>
+      <c r="BG13" s="4"/>
+      <c r="BH13" s="4"/>
+      <c r="BI13" s="4"/>
+      <c r="BJ13" s="4"/>
+      <c r="BK13" s="4"/>
+      <c r="BL13" s="4"/>
+      <c r="BM13" s="4"/>
+      <c r="BN13" s="4"/>
+      <c r="BO13" s="4"/>
+      <c r="BP13" s="4"/>
+      <c r="BQ13" s="4"/>
+      <c r="BR13" s="4"/>
+      <c r="BS13" s="4"/>
+      <c r="BT13" s="4"/>
+      <c r="BU13" s="4"/>
+      <c r="BV13" s="4"/>
+      <c r="BW13" s="4"/>
+      <c r="BX13" s="4"/>
     </row>
-    <row r="14" spans="1:25">
+    <row r="14" spans="1:76">
       <c r="A14" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
+      <c r="Z14" s="2"/>
+      <c r="AA14" s="2"/>
+      <c r="AB14" s="2"/>
+      <c r="AC14" s="2"/>
+      <c r="AD14" s="2"/>
+      <c r="AE14" s="2"/>
+      <c r="AF14" s="2"/>
+      <c r="AG14" s="2"/>
+      <c r="AH14" s="2"/>
+      <c r="AI14" s="2"/>
+      <c r="AJ14" s="2"/>
+      <c r="AK14" s="2"/>
+      <c r="AL14" s="2"/>
+      <c r="AM14" s="2"/>
+      <c r="AN14" s="2"/>
+      <c r="AO14" s="2"/>
+      <c r="AP14" s="2"/>
+      <c r="AQ14" s="2"/>
+      <c r="AR14" s="2"/>
+      <c r="AS14" s="2"/>
+      <c r="AT14" s="2"/>
+      <c r="AU14" s="2"/>
+      <c r="AV14" s="2"/>
+      <c r="AW14" s="2"/>
+      <c r="AX14" s="2"/>
+      <c r="AY14" s="2"/>
+      <c r="AZ14" s="2"/>
+      <c r="BA14" s="2"/>
+      <c r="BB14" s="2"/>
+      <c r="BC14" s="2"/>
+      <c r="BD14" s="2"/>
+      <c r="BE14" s="2"/>
+      <c r="BF14" s="2"/>
+      <c r="BG14" s="2"/>
+      <c r="BH14" s="2"/>
+      <c r="BI14" s="2"/>
+      <c r="BJ14" s="2"/>
+      <c r="BK14" s="2"/>
+      <c r="BL14" s="2"/>
+      <c r="BM14" s="2"/>
+      <c r="BN14" s="2"/>
+      <c r="BO14" s="2"/>
+      <c r="BP14" s="2"/>
+      <c r="BQ14" s="2"/>
+      <c r="BR14" s="2"/>
+      <c r="BS14" s="2"/>
+      <c r="BT14" s="2"/>
+      <c r="BU14" s="2"/>
+      <c r="BV14" s="2"/>
+      <c r="BW14" s="2"/>
+      <c r="BX14" s="2"/>
     </row>
-    <row r="15" spans="1:25">
+    <row r="15" spans="1:76">
       <c r="A15" s="3" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
+      <c r="Z15" s="3"/>
+      <c r="AA15" s="3"/>
+      <c r="AB15" s="3"/>
+      <c r="AC15" s="3"/>
+      <c r="AD15" s="3"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="3"/>
+      <c r="AK15" s="3"/>
+      <c r="AL15" s="3"/>
+      <c r="AM15" s="3"/>
+      <c r="AN15" s="3"/>
+      <c r="AO15" s="3"/>
+      <c r="AP15" s="3"/>
+      <c r="AQ15" s="3"/>
+      <c r="AR15" s="3"/>
+      <c r="AS15" s="3"/>
+      <c r="AT15" s="3"/>
+      <c r="AU15" s="3"/>
+      <c r="AV15" s="3"/>
+      <c r="AW15" s="3"/>
+      <c r="AX15" s="3"/>
+      <c r="AY15" s="3"/>
+      <c r="AZ15" s="3"/>
+      <c r="BA15" s="3"/>
+      <c r="BB15" s="3"/>
+      <c r="BC15" s="3"/>
+      <c r="BD15" s="3"/>
+      <c r="BE15" s="3"/>
+      <c r="BF15" s="3"/>
+      <c r="BG15" s="3"/>
+      <c r="BH15" s="3"/>
+      <c r="BI15" s="3"/>
+      <c r="BJ15" s="3"/>
+      <c r="BK15" s="3"/>
+      <c r="BL15" s="3"/>
+      <c r="BM15" s="3"/>
+      <c r="BN15" s="3"/>
+      <c r="BO15" s="3"/>
+      <c r="BP15" s="3"/>
+      <c r="BQ15" s="3"/>
+      <c r="BR15" s="3"/>
+      <c r="BS15" s="3"/>
+      <c r="BT15" s="3"/>
+      <c r="BU15" s="3"/>
+      <c r="BV15" s="3"/>
+      <c r="BW15" s="3"/>
+      <c r="BX15" s="3"/>
     </row>
-    <row r="16" spans="1:25">
+    <row r="16" spans="1:76">
       <c r="A16" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="C16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="F16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="G16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="H16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="I16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="J16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="K16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="L16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="O16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="P16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="Q16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="R16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="S16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="T16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="U16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="V16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="W16" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="X16" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="Y16" t="s">
-        <v>26</v>
+        <v>52</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BL16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BM16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BN16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BO16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BP16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BQ16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BR16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BS16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BT16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BU16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BV16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BW16" t="s">
+        <v>53</v>
+      </c>
+      <c r="BX16" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="17" spans="1:25">
+    <row r="17" spans="1:76">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="C17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="F17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="G17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="H17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="J17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="K17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="L17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="M17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="N17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="O17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="P17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="Q17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="R17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="S17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="T17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="U17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="V17" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="W17" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="X17" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="Y17" t="s">
-        <v>27</v>
+        <v>52</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BK17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BL17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BM17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BN17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BO17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BP17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BQ17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BR17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BS17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BT17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BU17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BV17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BW17" t="s">
+        <v>55</v>
+      </c>
+      <c r="BX17" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="18" spans="1:25">
+    <row r="18" spans="1:76">
       <c r="A18" s="3" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
+      <c r="Z18" s="3"/>
+      <c r="AA18" s="3"/>
+      <c r="AB18" s="3"/>
+      <c r="AC18" s="3"/>
+      <c r="AD18" s="3"/>
+      <c r="AE18" s="3"/>
+      <c r="AF18" s="3"/>
+      <c r="AG18" s="3"/>
+      <c r="AH18" s="3"/>
+      <c r="AI18" s="3"/>
+      <c r="AJ18" s="3"/>
+      <c r="AK18" s="3"/>
+      <c r="AL18" s="3"/>
+      <c r="AM18" s="3"/>
+      <c r="AN18" s="3"/>
+      <c r="AO18" s="3"/>
+      <c r="AP18" s="3"/>
+      <c r="AQ18" s="3"/>
+      <c r="AR18" s="3"/>
+      <c r="AS18" s="3"/>
+      <c r="AT18" s="3"/>
+      <c r="AU18" s="3"/>
+      <c r="AV18" s="3"/>
+      <c r="AW18" s="3"/>
+      <c r="AX18" s="3"/>
+      <c r="AY18" s="3"/>
+      <c r="AZ18" s="3"/>
+      <c r="BA18" s="3"/>
+      <c r="BB18" s="3"/>
+      <c r="BC18" s="3"/>
+      <c r="BD18" s="3"/>
+      <c r="BE18" s="3"/>
+      <c r="BF18" s="3"/>
+      <c r="BG18" s="3"/>
+      <c r="BH18" s="3"/>
+      <c r="BI18" s="3"/>
+      <c r="BJ18" s="3"/>
+      <c r="BK18" s="3"/>
+      <c r="BL18" s="3"/>
+      <c r="BM18" s="3"/>
+      <c r="BN18" s="3"/>
+      <c r="BO18" s="3"/>
+      <c r="BP18" s="3"/>
+      <c r="BQ18" s="3"/>
+      <c r="BR18" s="3"/>
+      <c r="BS18" s="3"/>
+      <c r="BT18" s="3"/>
+      <c r="BU18" s="3"/>
+      <c r="BV18" s="3"/>
+      <c r="BW18" s="3"/>
+      <c r="BX18" s="3"/>
     </row>
-    <row r="19" spans="1:25">
+    <row r="19" spans="1:76">
       <c r="A19" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="F19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="J19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="K19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="L19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="M19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="N19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="O19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="P19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="Q19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="R19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="S19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="T19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="U19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="V19" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="W19" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="X19" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="Y19" t="s">
-        <v>29</v>
+        <v>52</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BK19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BL19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BM19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BN19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BO19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BP19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BQ19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BR19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BS19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BT19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BU19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BV19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BW19" t="s">
+        <v>58</v>
+      </c>
+      <c r="BX19" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="20" spans="1:25">
+    <row r="20" spans="1:76">
       <c r="A20" s="3" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
+      <c r="Z20" s="3"/>
+      <c r="AA20" s="3"/>
+      <c r="AB20" s="3"/>
+      <c r="AC20" s="3"/>
+      <c r="AD20" s="3"/>
+      <c r="AE20" s="3"/>
+      <c r="AF20" s="3"/>
+      <c r="AG20" s="3"/>
+      <c r="AH20" s="3"/>
+      <c r="AI20" s="3"/>
+      <c r="AJ20" s="3"/>
+      <c r="AK20" s="3"/>
+      <c r="AL20" s="3"/>
+      <c r="AM20" s="3"/>
+      <c r="AN20" s="3"/>
+      <c r="AO20" s="3"/>
+      <c r="AP20" s="3"/>
+      <c r="AQ20" s="3"/>
+      <c r="AR20" s="3"/>
+      <c r="AS20" s="3"/>
+      <c r="AT20" s="3"/>
+      <c r="AU20" s="3"/>
+      <c r="AV20" s="3"/>
+      <c r="AW20" s="3"/>
+      <c r="AX20" s="3"/>
+      <c r="AY20" s="3"/>
+      <c r="AZ20" s="3"/>
+      <c r="BA20" s="3"/>
+      <c r="BB20" s="3"/>
+      <c r="BC20" s="3"/>
+      <c r="BD20" s="3"/>
+      <c r="BE20" s="3"/>
+      <c r="BF20" s="3"/>
+      <c r="BG20" s="3"/>
+      <c r="BH20" s="3"/>
+      <c r="BI20" s="3"/>
+      <c r="BJ20" s="3"/>
+      <c r="BK20" s="3"/>
+      <c r="BL20" s="3"/>
+      <c r="BM20" s="3"/>
+      <c r="BN20" s="3"/>
+      <c r="BO20" s="3"/>
+      <c r="BP20" s="3"/>
+      <c r="BQ20" s="3"/>
+      <c r="BR20" s="3"/>
+      <c r="BS20" s="3"/>
+      <c r="BT20" s="3"/>
+      <c r="BU20" s="3"/>
+      <c r="BV20" s="3"/>
+      <c r="BW20" s="3"/>
+      <c r="BX20" s="3"/>
     </row>
-    <row r="21" spans="1:25">
+    <row r="21" spans="1:76">
       <c r="A21" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="C21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="F21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="G21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="H21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="I21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="J21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="K21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="L21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="O21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="P21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="Q21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="R21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="S21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="T21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="U21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="V21" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="W21" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="X21" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="Y21" t="s">
-        <v>26</v>
+        <v>52</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI21" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BK21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BL21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BM21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BN21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BO21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BP21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BQ21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BR21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BS21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BT21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BU21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BV21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BW21" t="s">
+        <v>53</v>
+      </c>
+      <c r="BX21" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="22" spans="1:25">
+    <row r="22" spans="1:76">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="C22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="D22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="E22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="G22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="H22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="J22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="K22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="L22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="M22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="O22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="P22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="Q22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="R22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="S22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="T22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="U22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="V22" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="W22" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="X22" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="Y22" t="s">
-        <v>27</v>
+        <v>52</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI22" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BK22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BL22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BM22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BN22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BO22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BP22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BQ22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BR22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BS22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BT22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BU22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BV22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BW22" t="s">
+        <v>55</v>
+      </c>
+      <c r="BX22" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="23" spans="1:25">
+    <row r="23" spans="1:76">
       <c r="A23" s="3" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
       <c r="P23" s="3"/>
       <c r="Q23" s="3"/>
       <c r="R23" s="3"/>
       <c r="S23" s="3"/>
       <c r="T23" s="3"/>
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
+      <c r="Z23" s="3"/>
+      <c r="AA23" s="3"/>
+      <c r="AB23" s="3"/>
+      <c r="AC23" s="3"/>
+      <c r="AD23" s="3"/>
+      <c r="AE23" s="3"/>
+      <c r="AF23" s="3"/>
+      <c r="AG23" s="3"/>
+      <c r="AH23" s="3"/>
+      <c r="AI23" s="3"/>
+      <c r="AJ23" s="3"/>
+      <c r="AK23" s="3"/>
+      <c r="AL23" s="3"/>
+      <c r="AM23" s="3"/>
+      <c r="AN23" s="3"/>
+      <c r="AO23" s="3"/>
+      <c r="AP23" s="3"/>
+      <c r="AQ23" s="3"/>
+      <c r="AR23" s="3"/>
+      <c r="AS23" s="3"/>
+      <c r="AT23" s="3"/>
+      <c r="AU23" s="3"/>
+      <c r="AV23" s="3"/>
+      <c r="AW23" s="3"/>
+      <c r="AX23" s="3"/>
+      <c r="AY23" s="3"/>
+      <c r="AZ23" s="3"/>
+      <c r="BA23" s="3"/>
+      <c r="BB23" s="3"/>
+      <c r="BC23" s="3"/>
+      <c r="BD23" s="3"/>
+      <c r="BE23" s="3"/>
+      <c r="BF23" s="3"/>
+      <c r="BG23" s="3"/>
+      <c r="BH23" s="3"/>
+      <c r="BI23" s="3"/>
+      <c r="BJ23" s="3"/>
+      <c r="BK23" s="3"/>
+      <c r="BL23" s="3"/>
+      <c r="BM23" s="3"/>
+      <c r="BN23" s="3"/>
+      <c r="BO23" s="3"/>
+      <c r="BP23" s="3"/>
+      <c r="BQ23" s="3"/>
+      <c r="BR23" s="3"/>
+      <c r="BS23" s="3"/>
+      <c r="BT23" s="3"/>
+      <c r="BU23" s="3"/>
+      <c r="BV23" s="3"/>
+      <c r="BW23" s="3"/>
+      <c r="BX23" s="3"/>
     </row>
-    <row r="24" spans="1:25">
+    <row r="24" spans="1:76">
       <c r="A24" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="E24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="F24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="G24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="H24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="I24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="J24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="K24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="L24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="M24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="N24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="O24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="P24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="Q24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="R24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="S24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="T24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="U24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="V24" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="W24" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="X24" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="Y24" t="s">
-        <v>32</v>
+        <v>52</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI24" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BK24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BL24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BM24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BN24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BO24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BP24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BQ24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BR24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BS24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BT24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BU24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BV24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BW24" t="s">
+        <v>62</v>
+      </c>
+      <c r="BX24" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="25" spans="1:25">
+    <row r="25" spans="1:76">
       <c r="A25" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" t="s">
+        <v>63</v>
+      </c>
+      <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G25" t="s">
+        <v>63</v>
+      </c>
+      <c r="H25" t="s">
+        <v>63</v>
+      </c>
+      <c r="I25" t="s">
+        <v>63</v>
+      </c>
+      <c r="J25" t="s">
+        <v>63</v>
+      </c>
+      <c r="K25" t="s">
+        <v>63</v>
+      </c>
+      <c r="L25" t="s">
+        <v>63</v>
+      </c>
+      <c r="M25" t="s">
+        <v>63</v>
+      </c>
+      <c r="N25" t="s">
+        <v>63</v>
+      </c>
+      <c r="O25" t="s">
+        <v>63</v>
+      </c>
+      <c r="P25" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>63</v>
+      </c>
+      <c r="R25" t="s">
+        <v>63</v>
+      </c>
+      <c r="S25" t="s">
+        <v>63</v>
+      </c>
+      <c r="T25" t="s">
+        <v>63</v>
+      </c>
+      <c r="U25" t="s">
+        <v>63</v>
+      </c>
+      <c r="V25" t="s">
+        <v>63</v>
+      </c>
+      <c r="W25" t="s">
+        <v>52</v>
+      </c>
+      <c r="X25" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI25" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BK25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BL25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BM25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BN25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BO25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BP25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BQ25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BR25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BS25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BT25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BU25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BV25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BW25" t="s">
+        <v>64</v>
+      </c>
+      <c r="BX25" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="26" spans="1:76">
+      <c r="A26" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" t="s">
+        <v>65</v>
+      </c>
+      <c r="D26" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" t="s">
+        <v>65</v>
+      </c>
+      <c r="G26" t="s">
+        <v>65</v>
+      </c>
+      <c r="H26" t="s">
+        <v>65</v>
+      </c>
+      <c r="I26" t="s">
+        <v>65</v>
+      </c>
+      <c r="J26" t="s">
+        <v>65</v>
+      </c>
+      <c r="K26" t="s">
+        <v>65</v>
+      </c>
+      <c r="L26" t="s">
+        <v>65</v>
+      </c>
+      <c r="M26" t="s">
+        <v>65</v>
+      </c>
+      <c r="N26" t="s">
+        <v>65</v>
+      </c>
+      <c r="O26" t="s">
+        <v>65</v>
+      </c>
+      <c r="P26" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>65</v>
+      </c>
+      <c r="R26" t="s">
+        <v>65</v>
+      </c>
+      <c r="S26" t="s">
+        <v>65</v>
+      </c>
+      <c r="T26" t="s">
+        <v>65</v>
+      </c>
+      <c r="U26" t="s">
+        <v>65</v>
+      </c>
+      <c r="V26" t="s">
+        <v>65</v>
+      </c>
+      <c r="W26" t="s">
+        <v>52</v>
+      </c>
+      <c r="X26" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY26" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI26" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BK26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BL26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BM26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BN26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BO26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BP26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BQ26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BR26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BS26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BT26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BU26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BV26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BW26" t="s">
+        <v>66</v>
+      </c>
+      <c r="BX26" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="27" spans="1:76">
+      <c r="A27" t="s">
         <v>33</v>
       </c>
-      <c r="C25" t="s">
-[...66 lines deleted...]
-        <v>33</v>
+      <c r="B27" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" t="s">
+        <v>67</v>
+      </c>
+      <c r="F27" t="s">
+        <v>67</v>
+      </c>
+      <c r="G27" t="s">
+        <v>67</v>
+      </c>
+      <c r="H27" t="s">
+        <v>67</v>
+      </c>
+      <c r="I27" t="s">
+        <v>67</v>
+      </c>
+      <c r="J27" t="s">
+        <v>67</v>
+      </c>
+      <c r="K27" t="s">
+        <v>67</v>
+      </c>
+      <c r="L27" t="s">
+        <v>67</v>
+      </c>
+      <c r="M27" t="s">
+        <v>67</v>
+      </c>
+      <c r="N27" t="s">
+        <v>67</v>
+      </c>
+      <c r="O27" t="s">
+        <v>67</v>
+      </c>
+      <c r="P27" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>67</v>
+      </c>
+      <c r="R27" t="s">
+        <v>67</v>
+      </c>
+      <c r="S27" t="s">
+        <v>67</v>
+      </c>
+      <c r="T27" t="s">
+        <v>67</v>
+      </c>
+      <c r="U27" t="s">
+        <v>67</v>
+      </c>
+      <c r="V27" t="s">
+        <v>67</v>
+      </c>
+      <c r="W27" t="s">
+        <v>52</v>
+      </c>
+      <c r="X27" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY27" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI27" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BK27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BL27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BN27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BS27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BT27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BU27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BV27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BW27" t="s">
+        <v>68</v>
+      </c>
+      <c r="BX27" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="26" spans="1:25">
-[...73 lines deleted...]
-        <v>34</v>
+    <row r="28" spans="1:76">
+      <c r="A28" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" t="s">
+        <v>69</v>
+      </c>
+      <c r="C28" t="s">
+        <v>69</v>
+      </c>
+      <c r="D28" t="s">
+        <v>69</v>
+      </c>
+      <c r="E28" t="s">
+        <v>69</v>
+      </c>
+      <c r="F28" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" t="s">
+        <v>69</v>
+      </c>
+      <c r="H28" t="s">
+        <v>69</v>
+      </c>
+      <c r="I28" t="s">
+        <v>69</v>
+      </c>
+      <c r="J28" t="s">
+        <v>69</v>
+      </c>
+      <c r="K28" t="s">
+        <v>69</v>
+      </c>
+      <c r="L28" t="s">
+        <v>69</v>
+      </c>
+      <c r="M28" t="s">
+        <v>69</v>
+      </c>
+      <c r="N28" t="s">
+        <v>69</v>
+      </c>
+      <c r="O28" t="s">
+        <v>69</v>
+      </c>
+      <c r="P28" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>69</v>
+      </c>
+      <c r="R28" t="s">
+        <v>69</v>
+      </c>
+      <c r="S28" t="s">
+        <v>69</v>
+      </c>
+      <c r="T28" t="s">
+        <v>69</v>
+      </c>
+      <c r="U28" t="s">
+        <v>69</v>
+      </c>
+      <c r="V28" t="s">
+        <v>69</v>
+      </c>
+      <c r="W28" t="s">
+        <v>52</v>
+      </c>
+      <c r="X28" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI28" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BK28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BL28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BM28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BN28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BO28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BP28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BQ28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BR28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BS28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BT28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BU28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BV28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BW28" t="s">
+        <v>31</v>
+      </c>
+      <c r="BX28" t="s">
+        <v>31</v>
       </c>
     </row>
-    <row r="27" spans="1:25">
-[...153 lines deleted...]
-    <row r="29" spans="1:25">
+    <row r="29" spans="1:76">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
       <c r="J29" s="4"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
       <c r="R29" s="4"/>
       <c r="S29" s="4"/>
       <c r="T29" s="4"/>
       <c r="U29" s="4"/>
       <c r="V29" s="4"/>
       <c r="W29" s="4"/>
       <c r="X29" s="4"/>
       <c r="Y29" s="4"/>
+      <c r="Z29" s="4"/>
+      <c r="AA29" s="4"/>
+      <c r="AB29" s="4"/>
+      <c r="AC29" s="4"/>
+      <c r="AD29" s="4"/>
+      <c r="AE29" s="4"/>
+      <c r="AF29" s="4"/>
+      <c r="AG29" s="4"/>
+      <c r="AH29" s="4"/>
+      <c r="AI29" s="4"/>
+      <c r="AJ29" s="4"/>
+      <c r="AK29" s="4"/>
+      <c r="AL29" s="4"/>
+      <c r="AM29" s="4"/>
+      <c r="AN29" s="4"/>
+      <c r="AO29" s="4"/>
+      <c r="AP29" s="4"/>
+      <c r="AQ29" s="4"/>
+      <c r="AR29" s="4"/>
+      <c r="AS29" s="4"/>
+      <c r="AT29" s="4"/>
+      <c r="AU29" s="4"/>
+      <c r="AV29" s="4"/>
+      <c r="AW29" s="4"/>
+      <c r="AX29" s="4"/>
+      <c r="AY29" s="4"/>
+      <c r="AZ29" s="4"/>
+      <c r="BA29" s="4"/>
+      <c r="BB29" s="4"/>
+      <c r="BC29" s="4"/>
+      <c r="BD29" s="4"/>
+      <c r="BE29" s="4"/>
+      <c r="BF29" s="4"/>
+      <c r="BG29" s="4"/>
+      <c r="BH29" s="4"/>
+      <c r="BI29" s="4"/>
+      <c r="BJ29" s="4"/>
+      <c r="BK29" s="4"/>
+      <c r="BL29" s="4"/>
+      <c r="BM29" s="4"/>
+      <c r="BN29" s="4"/>
+      <c r="BO29" s="4"/>
+      <c r="BP29" s="4"/>
+      <c r="BQ29" s="4"/>
+      <c r="BR29" s="4"/>
+      <c r="BS29" s="4"/>
+      <c r="BT29" s="4"/>
+      <c r="BU29" s="4"/>
+      <c r="BV29" s="4"/>
+      <c r="BW29" s="4"/>
+      <c r="BX29" s="4"/>
     </row>
-    <row r="30" spans="1:25">
+    <row r="30" spans="1:76">
       <c r="A30" s="2" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="2"/>
       <c r="U30" s="2"/>
       <c r="V30" s="2"/>
       <c r="W30" s="2"/>
       <c r="X30" s="2"/>
       <c r="Y30" s="2"/>
+      <c r="Z30" s="2"/>
+      <c r="AA30" s="2"/>
+      <c r="AB30" s="2"/>
+      <c r="AC30" s="2"/>
+      <c r="AD30" s="2"/>
+      <c r="AE30" s="2"/>
+      <c r="AF30" s="2"/>
+      <c r="AG30" s="2"/>
+      <c r="AH30" s="2"/>
+      <c r="AI30" s="2"/>
+      <c r="AJ30" s="2"/>
+      <c r="AK30" s="2"/>
+      <c r="AL30" s="2"/>
+      <c r="AM30" s="2"/>
+      <c r="AN30" s="2"/>
+      <c r="AO30" s="2"/>
+      <c r="AP30" s="2"/>
+      <c r="AQ30" s="2"/>
+      <c r="AR30" s="2"/>
+      <c r="AS30" s="2"/>
+      <c r="AT30" s="2"/>
+      <c r="AU30" s="2"/>
+      <c r="AV30" s="2"/>
+      <c r="AW30" s="2"/>
+      <c r="AX30" s="2"/>
+      <c r="AY30" s="2"/>
+      <c r="AZ30" s="2"/>
+      <c r="BA30" s="2"/>
+      <c r="BB30" s="2"/>
+      <c r="BC30" s="2"/>
+      <c r="BD30" s="2"/>
+      <c r="BE30" s="2"/>
+      <c r="BF30" s="2"/>
+      <c r="BG30" s="2"/>
+      <c r="BH30" s="2"/>
+      <c r="BI30" s="2"/>
+      <c r="BJ30" s="2"/>
+      <c r="BK30" s="2"/>
+      <c r="BL30" s="2"/>
+      <c r="BM30" s="2"/>
+      <c r="BN30" s="2"/>
+      <c r="BO30" s="2"/>
+      <c r="BP30" s="2"/>
+      <c r="BQ30" s="2"/>
+      <c r="BR30" s="2"/>
+      <c r="BS30" s="2"/>
+      <c r="BT30" s="2"/>
+      <c r="BU30" s="2"/>
+      <c r="BV30" s="2"/>
+      <c r="BW30" s="2"/>
+      <c r="BX30" s="2"/>
     </row>
-    <row r="31" spans="1:25">
+    <row r="31" spans="1:76">
       <c r="A31" s="3" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
       <c r="P31" s="3"/>
       <c r="Q31" s="3"/>
       <c r="R31" s="3"/>
       <c r="S31" s="3"/>
       <c r="T31" s="3"/>
       <c r="U31" s="3"/>
       <c r="V31" s="3"/>
       <c r="W31" s="3"/>
       <c r="X31" s="3"/>
       <c r="Y31" s="3"/>
+      <c r="Z31" s="3"/>
+      <c r="AA31" s="3"/>
+      <c r="AB31" s="3"/>
+      <c r="AC31" s="3"/>
+      <c r="AD31" s="3"/>
+      <c r="AE31" s="3"/>
+      <c r="AF31" s="3"/>
+      <c r="AG31" s="3"/>
+      <c r="AH31" s="3"/>
+      <c r="AI31" s="3"/>
+      <c r="AJ31" s="3"/>
+      <c r="AK31" s="3"/>
+      <c r="AL31" s="3"/>
+      <c r="AM31" s="3"/>
+      <c r="AN31" s="3"/>
+      <c r="AO31" s="3"/>
+      <c r="AP31" s="3"/>
+      <c r="AQ31" s="3"/>
+      <c r="AR31" s="3"/>
+      <c r="AS31" s="3"/>
+      <c r="AT31" s="3"/>
+      <c r="AU31" s="3"/>
+      <c r="AV31" s="3"/>
+      <c r="AW31" s="3"/>
+      <c r="AX31" s="3"/>
+      <c r="AY31" s="3"/>
+      <c r="AZ31" s="3"/>
+      <c r="BA31" s="3"/>
+      <c r="BB31" s="3"/>
+      <c r="BC31" s="3"/>
+      <c r="BD31" s="3"/>
+      <c r="BE31" s="3"/>
+      <c r="BF31" s="3"/>
+      <c r="BG31" s="3"/>
+      <c r="BH31" s="3"/>
+      <c r="BI31" s="3"/>
+      <c r="BJ31" s="3"/>
+      <c r="BK31" s="3"/>
+      <c r="BL31" s="3"/>
+      <c r="BM31" s="3"/>
+      <c r="BN31" s="3"/>
+      <c r="BO31" s="3"/>
+      <c r="BP31" s="3"/>
+      <c r="BQ31" s="3"/>
+      <c r="BR31" s="3"/>
+      <c r="BS31" s="3"/>
+      <c r="BT31" s="3"/>
+      <c r="BU31" s="3"/>
+      <c r="BV31" s="3"/>
+      <c r="BW31" s="3"/>
+      <c r="BX31" s="3"/>
     </row>
-    <row r="32" spans="1:25">
+    <row r="32" spans="1:76">
       <c r="A32" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="C32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="D32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="E32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="F32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="H32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="I32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="J32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="K32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="L32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="M32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="N32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="O32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="P32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="Q32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="R32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="S32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="T32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="U32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="V32" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="W32" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="X32" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="Y32" t="s">
-        <v>35</v>
+        <v>53</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AT32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AU32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AV32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AW32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AX32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AY32" t="s">
+        <v>53</v>
+      </c>
+      <c r="AZ32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BA32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BB32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BC32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BD32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BE32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BF32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BG32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BH32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BI32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BJ32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BK32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BL32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BM32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BN32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BO32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BP32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BQ32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BR32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BS32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BT32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BU32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BV32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BW32" t="s">
+        <v>53</v>
+      </c>
+      <c r="BX32" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="33" spans="1:25">
+    <row r="33" spans="1:76">
       <c r="A33" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="C33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="D33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="E33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="F33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="G33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="I33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="J33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="K33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="L33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="M33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="N33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="O33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="P33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="Q33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="R33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="S33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="T33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="U33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="V33" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="W33" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="X33" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="Y33" t="s">
-        <v>39</v>
+        <v>55</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AM33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AT33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AU33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AV33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AW33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AX33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AY33" t="s">
+        <v>55</v>
+      </c>
+      <c r="AZ33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BA33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BB33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BC33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BD33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BE33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BF33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BG33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BH33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BI33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BJ33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BK33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BL33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BM33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BN33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BO33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BP33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BQ33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BR33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BS33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BT33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BU33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BV33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BW33" t="s">
+        <v>55</v>
+      </c>
+      <c r="BX33" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="34" spans="1:25">
+    <row r="34" spans="1:76">
       <c r="A34" s="3" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
       <c r="P34" s="3"/>
       <c r="Q34" s="3"/>
       <c r="R34" s="3"/>
       <c r="S34" s="3"/>
       <c r="T34" s="3"/>
       <c r="U34" s="3"/>
       <c r="V34" s="3"/>
       <c r="W34" s="3"/>
       <c r="X34" s="3"/>
       <c r="Y34" s="3"/>
+      <c r="Z34" s="3"/>
+      <c r="AA34" s="3"/>
+      <c r="AB34" s="3"/>
+      <c r="AC34" s="3"/>
+      <c r="AD34" s="3"/>
+      <c r="AE34" s="3"/>
+      <c r="AF34" s="3"/>
+      <c r="AG34" s="3"/>
+      <c r="AH34" s="3"/>
+      <c r="AI34" s="3"/>
+      <c r="AJ34" s="3"/>
+      <c r="AK34" s="3"/>
+      <c r="AL34" s="3"/>
+      <c r="AM34" s="3"/>
+      <c r="AN34" s="3"/>
+      <c r="AO34" s="3"/>
+      <c r="AP34" s="3"/>
+      <c r="AQ34" s="3"/>
+      <c r="AR34" s="3"/>
+      <c r="AS34" s="3"/>
+      <c r="AT34" s="3"/>
+      <c r="AU34" s="3"/>
+      <c r="AV34" s="3"/>
+      <c r="AW34" s="3"/>
+      <c r="AX34" s="3"/>
+      <c r="AY34" s="3"/>
+      <c r="AZ34" s="3"/>
+      <c r="BA34" s="3"/>
+      <c r="BB34" s="3"/>
+      <c r="BC34" s="3"/>
+      <c r="BD34" s="3"/>
+      <c r="BE34" s="3"/>
+      <c r="BF34" s="3"/>
+      <c r="BG34" s="3"/>
+      <c r="BH34" s="3"/>
+      <c r="BI34" s="3"/>
+      <c r="BJ34" s="3"/>
+      <c r="BK34" s="3"/>
+      <c r="BL34" s="3"/>
+      <c r="BM34" s="3"/>
+      <c r="BN34" s="3"/>
+      <c r="BO34" s="3"/>
+      <c r="BP34" s="3"/>
+      <c r="BQ34" s="3"/>
+      <c r="BR34" s="3"/>
+      <c r="BS34" s="3"/>
+      <c r="BT34" s="3"/>
+      <c r="BU34" s="3"/>
+      <c r="BV34" s="3"/>
+      <c r="BW34" s="3"/>
+      <c r="BX34" s="3"/>
     </row>
-    <row r="35" spans="1:25">
+    <row r="35" spans="1:76">
       <c r="A35" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="C35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="D35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="E35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="F35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="H35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="I35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="J35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="K35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="L35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="M35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="N35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="O35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="P35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="Q35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="R35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="S35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="T35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="U35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="V35" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="W35" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="X35" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="Y35" t="s">
-        <v>41</v>
+        <v>75</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AJ35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AO35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AR35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AS35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AT35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AV35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AW35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AX35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AY35" t="s">
+        <v>75</v>
+      </c>
+      <c r="AZ35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BA35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BB35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BC35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BD35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BI35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BJ35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BK35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BL35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BM35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BO35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BP35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BQ35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BR35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BS35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BT35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BU35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BV35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BW35" t="s">
+        <v>75</v>
+      </c>
+      <c r="BX35" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="36" spans="1:25">
+    <row r="36" spans="1:76">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="4"/>
       <c r="J36" s="4"/>
       <c r="K36" s="4"/>
       <c r="L36" s="4"/>
       <c r="M36" s="4"/>
       <c r="N36" s="4"/>
       <c r="O36" s="4"/>
       <c r="P36" s="4"/>
       <c r="Q36" s="4"/>
       <c r="R36" s="4"/>
       <c r="S36" s="4"/>
       <c r="T36" s="4"/>
       <c r="U36" s="4"/>
       <c r="V36" s="4"/>
       <c r="W36" s="4"/>
       <c r="X36" s="4"/>
       <c r="Y36" s="4"/>
+      <c r="Z36" s="4"/>
+      <c r="AA36" s="4"/>
+      <c r="AB36" s="4"/>
+      <c r="AC36" s="4"/>
+      <c r="AD36" s="4"/>
+      <c r="AE36" s="4"/>
+      <c r="AF36" s="4"/>
+      <c r="AG36" s="4"/>
+      <c r="AH36" s="4"/>
+      <c r="AI36" s="4"/>
+      <c r="AJ36" s="4"/>
+      <c r="AK36" s="4"/>
+      <c r="AL36" s="4"/>
+      <c r="AM36" s="4"/>
+      <c r="AN36" s="4"/>
+      <c r="AO36" s="4"/>
+      <c r="AP36" s="4"/>
+      <c r="AQ36" s="4"/>
+      <c r="AR36" s="4"/>
+      <c r="AS36" s="4"/>
+      <c r="AT36" s="4"/>
+      <c r="AU36" s="4"/>
+      <c r="AV36" s="4"/>
+      <c r="AW36" s="4"/>
+      <c r="AX36" s="4"/>
+      <c r="AY36" s="4"/>
+      <c r="AZ36" s="4"/>
+      <c r="BA36" s="4"/>
+      <c r="BB36" s="4"/>
+      <c r="BC36" s="4"/>
+      <c r="BD36" s="4"/>
+      <c r="BE36" s="4"/>
+      <c r="BF36" s="4"/>
+      <c r="BG36" s="4"/>
+      <c r="BH36" s="4"/>
+      <c r="BI36" s="4"/>
+      <c r="BJ36" s="4"/>
+      <c r="BK36" s="4"/>
+      <c r="BL36" s="4"/>
+      <c r="BM36" s="4"/>
+      <c r="BN36" s="4"/>
+      <c r="BO36" s="4"/>
+      <c r="BP36" s="4"/>
+      <c r="BQ36" s="4"/>
+      <c r="BR36" s="4"/>
+      <c r="BS36" s="4"/>
+      <c r="BT36" s="4"/>
+      <c r="BU36" s="4"/>
+      <c r="BV36" s="4"/>
+      <c r="BW36" s="4"/>
+      <c r="BX36" s="4"/>
     </row>
-    <row r="37" spans="1:25">
+    <row r="37" spans="1:76">
       <c r="A37" s="2" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="U37" s="2"/>
       <c r="V37" s="2"/>
       <c r="W37" s="2"/>
       <c r="X37" s="2"/>
       <c r="Y37" s="2"/>
+      <c r="Z37" s="2"/>
+      <c r="AA37" s="2"/>
+      <c r="AB37" s="2"/>
+      <c r="AC37" s="2"/>
+      <c r="AD37" s="2"/>
+      <c r="AE37" s="2"/>
+      <c r="AF37" s="2"/>
+      <c r="AG37" s="2"/>
+      <c r="AH37" s="2"/>
+      <c r="AI37" s="2"/>
+      <c r="AJ37" s="2"/>
+      <c r="AK37" s="2"/>
+      <c r="AL37" s="2"/>
+      <c r="AM37" s="2"/>
+      <c r="AN37" s="2"/>
+      <c r="AO37" s="2"/>
+      <c r="AP37" s="2"/>
+      <c r="AQ37" s="2"/>
+      <c r="AR37" s="2"/>
+      <c r="AS37" s="2"/>
+      <c r="AT37" s="2"/>
+      <c r="AU37" s="2"/>
+      <c r="AV37" s="2"/>
+      <c r="AW37" s="2"/>
+      <c r="AX37" s="2"/>
+      <c r="AY37" s="2"/>
+      <c r="AZ37" s="2"/>
+      <c r="BA37" s="2"/>
+      <c r="BB37" s="2"/>
+      <c r="BC37" s="2"/>
+      <c r="BD37" s="2"/>
+      <c r="BE37" s="2"/>
+      <c r="BF37" s="2"/>
+      <c r="BG37" s="2"/>
+      <c r="BH37" s="2"/>
+      <c r="BI37" s="2"/>
+      <c r="BJ37" s="2"/>
+      <c r="BK37" s="2"/>
+      <c r="BL37" s="2"/>
+      <c r="BM37" s="2"/>
+      <c r="BN37" s="2"/>
+      <c r="BO37" s="2"/>
+      <c r="BP37" s="2"/>
+      <c r="BQ37" s="2"/>
+      <c r="BR37" s="2"/>
+      <c r="BS37" s="2"/>
+      <c r="BT37" s="2"/>
+      <c r="BU37" s="2"/>
+      <c r="BV37" s="2"/>
+      <c r="BW37" s="2"/>
+      <c r="BX37" s="2"/>
     </row>
-    <row r="38" spans="1:25">
+    <row r="38" spans="1:76">
       <c r="A38" s="3" t="s">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="3"/>
       <c r="S38" s="3"/>
       <c r="T38" s="3"/>
       <c r="U38" s="3"/>
       <c r="V38" s="3"/>
       <c r="W38" s="3"/>
       <c r="X38" s="3"/>
       <c r="Y38" s="3"/>
+      <c r="Z38" s="3"/>
+      <c r="AA38" s="3"/>
+      <c r="AB38" s="3"/>
+      <c r="AC38" s="3"/>
+      <c r="AD38" s="3"/>
+      <c r="AE38" s="3"/>
+      <c r="AF38" s="3"/>
+      <c r="AG38" s="3"/>
+      <c r="AH38" s="3"/>
+      <c r="AI38" s="3"/>
+      <c r="AJ38" s="3"/>
+      <c r="AK38" s="3"/>
+      <c r="AL38" s="3"/>
+      <c r="AM38" s="3"/>
+      <c r="AN38" s="3"/>
+      <c r="AO38" s="3"/>
+      <c r="AP38" s="3"/>
+      <c r="AQ38" s="3"/>
+      <c r="AR38" s="3"/>
+      <c r="AS38" s="3"/>
+      <c r="AT38" s="3"/>
+      <c r="AU38" s="3"/>
+      <c r="AV38" s="3"/>
+      <c r="AW38" s="3"/>
+      <c r="AX38" s="3"/>
+      <c r="AY38" s="3"/>
+      <c r="AZ38" s="3"/>
+      <c r="BA38" s="3"/>
+      <c r="BB38" s="3"/>
+      <c r="BC38" s="3"/>
+      <c r="BD38" s="3"/>
+      <c r="BE38" s="3"/>
+      <c r="BF38" s="3"/>
+      <c r="BG38" s="3"/>
+      <c r="BH38" s="3"/>
+      <c r="BI38" s="3"/>
+      <c r="BJ38" s="3"/>
+      <c r="BK38" s="3"/>
+      <c r="BL38" s="3"/>
+      <c r="BM38" s="3"/>
+      <c r="BN38" s="3"/>
+      <c r="BO38" s="3"/>
+      <c r="BP38" s="3"/>
+      <c r="BQ38" s="3"/>
+      <c r="BR38" s="3"/>
+      <c r="BS38" s="3"/>
+      <c r="BT38" s="3"/>
+      <c r="BU38" s="3"/>
+      <c r="BV38" s="3"/>
+      <c r="BW38" s="3"/>
+      <c r="BX38" s="3"/>
     </row>
-    <row r="39" spans="1:25">
+    <row r="39" spans="1:76">
       <c r="A39" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="C39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="D39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="F39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="G39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="H39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="I39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="J39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="K39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="L39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="M39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="N39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="O39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="P39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="Q39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="R39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="S39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="T39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="U39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="V39" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="W39" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="X39" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="Y39" t="s">
-        <v>44</v>
+        <v>79</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AL39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AM39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AR39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AT39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AV39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AW39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AX39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AY39" t="s">
+        <v>79</v>
+      </c>
+      <c r="AZ39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BA39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BB39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BC39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BD39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BE39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BF39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BG39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BH39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BI39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BJ39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BK39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BL39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BM39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BP39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BQ39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BR39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BS39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BT39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BU39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BV39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BW39" t="s">
+        <v>79</v>
+      </c>
+      <c r="BX39" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="40" spans="1:25">
+    <row r="40" spans="1:76">
       <c r="A40" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="C40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="E40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="F40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="G40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="I40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="J40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="K40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="L40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="M40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="N40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="O40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="P40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="Q40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="R40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="S40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="T40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="U40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="V40" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="W40" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="X40" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="Y40" t="s">
-        <v>45</v>
+        <v>81</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AI40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AK40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AL40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AM40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AO40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AR40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AT40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AV40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AW40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AX40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AY40" t="s">
+        <v>81</v>
+      </c>
+      <c r="AZ40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BA40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BB40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BC40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BD40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BE40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BF40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BG40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BH40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BI40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BJ40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BK40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BM40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BN40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BO40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BP40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BQ40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BR40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BS40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BT40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BU40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BV40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BW40" t="s">
+        <v>81</v>
+      </c>
+      <c r="BX40" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="41" spans="1:25">
+    <row r="41" spans="1:76">
       <c r="A41" s="3" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
       <c r="Q41" s="3"/>
       <c r="R41" s="3"/>
       <c r="S41" s="3"/>
       <c r="T41" s="3"/>
       <c r="U41" s="3"/>
       <c r="V41" s="3"/>
       <c r="W41" s="3"/>
       <c r="X41" s="3"/>
       <c r="Y41" s="3"/>
+      <c r="Z41" s="3"/>
+      <c r="AA41" s="3"/>
+      <c r="AB41" s="3"/>
+      <c r="AC41" s="3"/>
+      <c r="AD41" s="3"/>
+      <c r="AE41" s="3"/>
+      <c r="AF41" s="3"/>
+      <c r="AG41" s="3"/>
+      <c r="AH41" s="3"/>
+      <c r="AI41" s="3"/>
+      <c r="AJ41" s="3"/>
+      <c r="AK41" s="3"/>
+      <c r="AL41" s="3"/>
+      <c r="AM41" s="3"/>
+      <c r="AN41" s="3"/>
+      <c r="AO41" s="3"/>
+      <c r="AP41" s="3"/>
+      <c r="AQ41" s="3"/>
+      <c r="AR41" s="3"/>
+      <c r="AS41" s="3"/>
+      <c r="AT41" s="3"/>
+      <c r="AU41" s="3"/>
+      <c r="AV41" s="3"/>
+      <c r="AW41" s="3"/>
+      <c r="AX41" s="3"/>
+      <c r="AY41" s="3"/>
+      <c r="AZ41" s="3"/>
+      <c r="BA41" s="3"/>
+      <c r="BB41" s="3"/>
+      <c r="BC41" s="3"/>
+      <c r="BD41" s="3"/>
+      <c r="BE41" s="3"/>
+      <c r="BF41" s="3"/>
+      <c r="BG41" s="3"/>
+      <c r="BH41" s="3"/>
+      <c r="BI41" s="3"/>
+      <c r="BJ41" s="3"/>
+      <c r="BK41" s="3"/>
+      <c r="BL41" s="3"/>
+      <c r="BM41" s="3"/>
+      <c r="BN41" s="3"/>
+      <c r="BO41" s="3"/>
+      <c r="BP41" s="3"/>
+      <c r="BQ41" s="3"/>
+      <c r="BR41" s="3"/>
+      <c r="BS41" s="3"/>
+      <c r="BT41" s="3"/>
+      <c r="BU41" s="3"/>
+      <c r="BV41" s="3"/>
+      <c r="BW41" s="3"/>
+      <c r="BX41" s="3"/>
     </row>
-    <row r="42" spans="1:25">
+    <row r="42" spans="1:76">
       <c r="A42" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="C42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="E42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="F42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="H42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="J42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="K42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="L42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="M42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="N42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="O42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="P42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="Q42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="R42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="S42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="T42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="U42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="V42" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="W42" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="X42" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="Y42" t="s">
-        <v>29</v>
+        <v>83</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AE42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AF42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AG42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AH42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AI42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AJ42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AL42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AM42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AO42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AT42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AU42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AV42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AW42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AX42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AY42" t="s">
+        <v>83</v>
+      </c>
+      <c r="AZ42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BA42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BC42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BD42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BE42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BF42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BG42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BH42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BI42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BJ42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BK42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BL42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BM42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BN42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BO42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BP42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BQ42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BR42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BS42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BT42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BU42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BV42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BW42" t="s">
+        <v>83</v>
+      </c>
+      <c r="BX42" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="43" spans="1:25">
+    <row r="43" spans="1:76">
       <c r="A43" s="4"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="P43" s="4"/>
       <c r="Q43" s="4"/>
       <c r="R43" s="4"/>
       <c r="S43" s="4"/>
       <c r="T43" s="4"/>
       <c r="U43" s="4"/>
       <c r="V43" s="4"/>
       <c r="W43" s="4"/>
       <c r="X43" s="4"/>
       <c r="Y43" s="4"/>
+      <c r="Z43" s="4"/>
+      <c r="AA43" s="4"/>
+      <c r="AB43" s="4"/>
+      <c r="AC43" s="4"/>
+      <c r="AD43" s="4"/>
+      <c r="AE43" s="4"/>
+      <c r="AF43" s="4"/>
+      <c r="AG43" s="4"/>
+      <c r="AH43" s="4"/>
+      <c r="AI43" s="4"/>
+      <c r="AJ43" s="4"/>
+      <c r="AK43" s="4"/>
+      <c r="AL43" s="4"/>
+      <c r="AM43" s="4"/>
+      <c r="AN43" s="4"/>
+      <c r="AO43" s="4"/>
+      <c r="AP43" s="4"/>
+      <c r="AQ43" s="4"/>
+      <c r="AR43" s="4"/>
+      <c r="AS43" s="4"/>
+      <c r="AT43" s="4"/>
+      <c r="AU43" s="4"/>
+      <c r="AV43" s="4"/>
+      <c r="AW43" s="4"/>
+      <c r="AX43" s="4"/>
+      <c r="AY43" s="4"/>
+      <c r="AZ43" s="4"/>
+      <c r="BA43" s="4"/>
+      <c r="BB43" s="4"/>
+      <c r="BC43" s="4"/>
+      <c r="BD43" s="4"/>
+      <c r="BE43" s="4"/>
+      <c r="BF43" s="4"/>
+      <c r="BG43" s="4"/>
+      <c r="BH43" s="4"/>
+      <c r="BI43" s="4"/>
+      <c r="BJ43" s="4"/>
+      <c r="BK43" s="4"/>
+      <c r="BL43" s="4"/>
+      <c r="BM43" s="4"/>
+      <c r="BN43" s="4"/>
+      <c r="BO43" s="4"/>
+      <c r="BP43" s="4"/>
+      <c r="BQ43" s="4"/>
+      <c r="BR43" s="4"/>
+      <c r="BS43" s="4"/>
+      <c r="BT43" s="4"/>
+      <c r="BU43" s="4"/>
+      <c r="BV43" s="4"/>
+      <c r="BW43" s="4"/>
+      <c r="BX43" s="4"/>
     </row>
-    <row r="44" spans="1:25">
+    <row r="44" spans="1:76">
       <c r="A44" s="2" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
       <c r="M44" s="2"/>
       <c r="N44" s="2"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
       <c r="T44" s="2"/>
       <c r="U44" s="2"/>
       <c r="V44" s="2"/>
       <c r="W44" s="2"/>
       <c r="X44" s="2"/>
       <c r="Y44" s="2"/>
+      <c r="Z44" s="2"/>
+      <c r="AA44" s="2"/>
+      <c r="AB44" s="2"/>
+      <c r="AC44" s="2"/>
+      <c r="AD44" s="2"/>
+      <c r="AE44" s="2"/>
+      <c r="AF44" s="2"/>
+      <c r="AG44" s="2"/>
+      <c r="AH44" s="2"/>
+      <c r="AI44" s="2"/>
+      <c r="AJ44" s="2"/>
+      <c r="AK44" s="2"/>
+      <c r="AL44" s="2"/>
+      <c r="AM44" s="2"/>
+      <c r="AN44" s="2"/>
+      <c r="AO44" s="2"/>
+      <c r="AP44" s="2"/>
+      <c r="AQ44" s="2"/>
+      <c r="AR44" s="2"/>
+      <c r="AS44" s="2"/>
+      <c r="AT44" s="2"/>
+      <c r="AU44" s="2"/>
+      <c r="AV44" s="2"/>
+      <c r="AW44" s="2"/>
+      <c r="AX44" s="2"/>
+      <c r="AY44" s="2"/>
+      <c r="AZ44" s="2"/>
+      <c r="BA44" s="2"/>
+      <c r="BB44" s="2"/>
+      <c r="BC44" s="2"/>
+      <c r="BD44" s="2"/>
+      <c r="BE44" s="2"/>
+      <c r="BF44" s="2"/>
+      <c r="BG44" s="2"/>
+      <c r="BH44" s="2"/>
+      <c r="BI44" s="2"/>
+      <c r="BJ44" s="2"/>
+      <c r="BK44" s="2"/>
+      <c r="BL44" s="2"/>
+      <c r="BM44" s="2"/>
+      <c r="BN44" s="2"/>
+      <c r="BO44" s="2"/>
+      <c r="BP44" s="2"/>
+      <c r="BQ44" s="2"/>
+      <c r="BR44" s="2"/>
+      <c r="BS44" s="2"/>
+      <c r="BT44" s="2"/>
+      <c r="BU44" s="2"/>
+      <c r="BV44" s="2"/>
+      <c r="BW44" s="2"/>
+      <c r="BX44" s="2"/>
     </row>
-    <row r="45" spans="1:25">
+    <row r="45" spans="1:76">
       <c r="A45" s="3" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
       <c r="Q45" s="3"/>
       <c r="R45" s="3"/>
       <c r="S45" s="3"/>
       <c r="T45" s="3"/>
       <c r="U45" s="3"/>
       <c r="V45" s="3"/>
       <c r="W45" s="3"/>
       <c r="X45" s="3"/>
       <c r="Y45" s="3"/>
+      <c r="Z45" s="3"/>
+      <c r="AA45" s="3"/>
+      <c r="AB45" s="3"/>
+      <c r="AC45" s="3"/>
+      <c r="AD45" s="3"/>
+      <c r="AE45" s="3"/>
+      <c r="AF45" s="3"/>
+      <c r="AG45" s="3"/>
+      <c r="AH45" s="3"/>
+      <c r="AI45" s="3"/>
+      <c r="AJ45" s="3"/>
+      <c r="AK45" s="3"/>
+      <c r="AL45" s="3"/>
+      <c r="AM45" s="3"/>
+      <c r="AN45" s="3"/>
+      <c r="AO45" s="3"/>
+      <c r="AP45" s="3"/>
+      <c r="AQ45" s="3"/>
+      <c r="AR45" s="3"/>
+      <c r="AS45" s="3"/>
+      <c r="AT45" s="3"/>
+      <c r="AU45" s="3"/>
+      <c r="AV45" s="3"/>
+      <c r="AW45" s="3"/>
+      <c r="AX45" s="3"/>
+      <c r="AY45" s="3"/>
+      <c r="AZ45" s="3"/>
+      <c r="BA45" s="3"/>
+      <c r="BB45" s="3"/>
+      <c r="BC45" s="3"/>
+      <c r="BD45" s="3"/>
+      <c r="BE45" s="3"/>
+      <c r="BF45" s="3"/>
+      <c r="BG45" s="3"/>
+      <c r="BH45" s="3"/>
+      <c r="BI45" s="3"/>
+      <c r="BJ45" s="3"/>
+      <c r="BK45" s="3"/>
+      <c r="BL45" s="3"/>
+      <c r="BM45" s="3"/>
+      <c r="BN45" s="3"/>
+      <c r="BO45" s="3"/>
+      <c r="BP45" s="3"/>
+      <c r="BQ45" s="3"/>
+      <c r="BR45" s="3"/>
+      <c r="BS45" s="3"/>
+      <c r="BT45" s="3"/>
+      <c r="BU45" s="3"/>
+      <c r="BV45" s="3"/>
+      <c r="BW45" s="3"/>
+      <c r="BX45" s="3"/>
     </row>
-    <row r="46" spans="1:25">
+    <row r="46" spans="1:76">
       <c r="A46" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="C46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="D46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="E46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="F46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="G46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="H46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="I46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="J46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="K46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="L46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="M46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="N46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="O46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="P46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="Q46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="R46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="S46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="T46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="U46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="V46" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="W46" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="X46" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="Y46" t="s">
-        <v>32</v>
+        <v>62</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AF46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AG46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AH46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AI46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AJ46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AK46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AM46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AR46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AS46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AT46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AU46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AV46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AW46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AX46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AY46" t="s">
+        <v>62</v>
+      </c>
+      <c r="AZ46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BA46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BB46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BC46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BD46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BE46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BF46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BG46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BH46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BI46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BJ46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BK46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BL46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BM46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BN46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BO46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BP46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BQ46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BR46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BS46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BT46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BU46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BV46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BW46" t="s">
+        <v>62</v>
+      </c>
+      <c r="BX46" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="47" spans="1:25">
+    <row r="47" spans="1:76">
       <c r="A47" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="C47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="E47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="F47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="G47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="H47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="I47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="J47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="K47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="L47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="M47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="N47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="O47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="P47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="Q47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="R47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="S47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="T47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="U47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="V47" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="W47" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="X47" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="Y47" t="s">
-        <v>49</v>
+        <v>87</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AN47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AW47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AX47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AY47" t="s">
+        <v>87</v>
+      </c>
+      <c r="AZ47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BA47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BC47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BD47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BE47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BF47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BG47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BH47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BI47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BK47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BM47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BN47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BO47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BP47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BQ47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BR47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BS47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BT47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BU47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BV47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BW47" t="s">
+        <v>87</v>
+      </c>
+      <c r="BX47" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="48" spans="1:25">
+    <row r="48" spans="1:76">
       <c r="A48" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="C48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="D48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="E48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="F48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="G48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="H48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="I48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="J48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="K48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="L48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="M48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="N48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="O48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="P48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="Q48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="R48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="S48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="T48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="U48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="V48" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="W48" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="X48" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="Y48" t="s">
-        <v>50</v>
+        <v>89</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AH48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AI48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AJ48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AK48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AL48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AM48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AO48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AQ48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AR48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AS48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AT48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AU48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AV48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AW48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AX48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AY48" t="s">
+        <v>89</v>
+      </c>
+      <c r="AZ48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BA48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BB48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BC48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BD48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BE48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BF48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BG48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BH48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BI48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BJ48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BK48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BL48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BM48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BN48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BO48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BP48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BQ48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BR48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BS48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BT48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BU48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BV48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BW48" t="s">
+        <v>89</v>
+      </c>
+      <c r="BX48" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="49" spans="1:25">
+    <row r="49" spans="1:76">
       <c r="A49" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="C49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="D49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="E49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="F49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="H49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="I49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="J49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="K49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="L49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="M49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="N49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="O49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="P49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="Q49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="R49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="S49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="T49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="U49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="V49" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="W49" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="X49" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="Y49" t="s">
-        <v>35</v>
+        <v>68</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AN49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AR49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AT49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AU49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AV49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AW49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AX49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AY49" t="s">
+        <v>68</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BA49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BB49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BC49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BD49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BE49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BF49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BG49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BH49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BI49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BJ49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BK49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BL49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BN49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BS49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BT49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BU49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BV49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BW49" t="s">
+        <v>68</v>
+      </c>
+      <c r="BX49" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="50" spans="1:25">
+    <row r="50" spans="1:76">
       <c r="A50" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="C50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="D50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="E50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="F50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="G50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="H50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="I50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="J50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="K50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="L50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="M50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="N50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="O50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="P50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="Q50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="R50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="S50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="T50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="U50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="V50" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="W50" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="X50" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="Y50" t="s">
-        <v>51</v>
+        <v>91</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AF50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AN50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AT50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AU50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AY50" t="s">
+        <v>91</v>
+      </c>
+      <c r="AZ50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BA50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BB50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BC50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BD50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BE50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BF50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BG50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BH50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BI50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BJ50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BN50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BO50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BP50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BQ50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BR50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BS50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BT50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BU50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BV50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BW50" t="s">
+        <v>91</v>
+      </c>
+      <c r="BX50" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="51" spans="1:25">
+    <row r="51" spans="1:76">
       <c r="A51" s="3" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
       <c r="N51" s="3"/>
       <c r="O51" s="3"/>
       <c r="P51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
       <c r="T51" s="3"/>
       <c r="U51" s="3"/>
       <c r="V51" s="3"/>
       <c r="W51" s="3"/>
       <c r="X51" s="3"/>
       <c r="Y51" s="3"/>
+      <c r="Z51" s="3"/>
+      <c r="AA51" s="3"/>
+      <c r="AB51" s="3"/>
+      <c r="AC51" s="3"/>
+      <c r="AD51" s="3"/>
+      <c r="AE51" s="3"/>
+      <c r="AF51" s="3"/>
+      <c r="AG51" s="3"/>
+      <c r="AH51" s="3"/>
+      <c r="AI51" s="3"/>
+      <c r="AJ51" s="3"/>
+      <c r="AK51" s="3"/>
+      <c r="AL51" s="3"/>
+      <c r="AM51" s="3"/>
+      <c r="AN51" s="3"/>
+      <c r="AO51" s="3"/>
+      <c r="AP51" s="3"/>
+      <c r="AQ51" s="3"/>
+      <c r="AR51" s="3"/>
+      <c r="AS51" s="3"/>
+      <c r="AT51" s="3"/>
+      <c r="AU51" s="3"/>
+      <c r="AV51" s="3"/>
+      <c r="AW51" s="3"/>
+      <c r="AX51" s="3"/>
+      <c r="AY51" s="3"/>
+      <c r="AZ51" s="3"/>
+      <c r="BA51" s="3"/>
+      <c r="BB51" s="3"/>
+      <c r="BC51" s="3"/>
+      <c r="BD51" s="3"/>
+      <c r="BE51" s="3"/>
+      <c r="BF51" s="3"/>
+      <c r="BG51" s="3"/>
+      <c r="BH51" s="3"/>
+      <c r="BI51" s="3"/>
+      <c r="BJ51" s="3"/>
+      <c r="BK51" s="3"/>
+      <c r="BL51" s="3"/>
+      <c r="BM51" s="3"/>
+      <c r="BN51" s="3"/>
+      <c r="BO51" s="3"/>
+      <c r="BP51" s="3"/>
+      <c r="BQ51" s="3"/>
+      <c r="BR51" s="3"/>
+      <c r="BS51" s="3"/>
+      <c r="BT51" s="3"/>
+      <c r="BU51" s="3"/>
+      <c r="BV51" s="3"/>
+      <c r="BW51" s="3"/>
+      <c r="BX51" s="3"/>
     </row>
-    <row r="52" spans="1:25">
+    <row r="52" spans="1:76">
       <c r="A52" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="H52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="I52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="J52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="K52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="L52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="M52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="N52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="O52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="P52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="Q52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="R52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="S52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="T52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="U52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="V52" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="W52" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="X52" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="Y52" t="s">
-        <v>13</v>
+        <v>93</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AL52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AT52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AU52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AV52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AW52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AX52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AY52" t="s">
+        <v>93</v>
+      </c>
+      <c r="AZ52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BA52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BB52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BC52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BD52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BE52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BF52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BG52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BH52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BI52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BJ52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BK52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BL52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BM52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BN52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BO52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BP52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BQ52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BR52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BS52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BT52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BU52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BV52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BW52" t="s">
+        <v>93</v>
+      </c>
+      <c r="BX52" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="53" spans="1:25">
+    <row r="53" spans="1:76">
       <c r="A53" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="C53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="E53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="F53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="G53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="H53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="I53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="J53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="K53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="L53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="M53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="N53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="O53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="P53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="Q53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="R53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="S53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="T53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="U53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="V53" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="W53" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="X53" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="Y53" t="s">
-        <v>49</v>
+        <v>87</v>
+      </c>
+      <c r="Z53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AN53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AV53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AW53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AX53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AY53" t="s">
+        <v>87</v>
+      </c>
+      <c r="AZ53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BA53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BC53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BD53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BE53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BF53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BG53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BH53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BI53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BK53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BM53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BN53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BO53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BP53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BQ53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BR53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BS53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BT53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BU53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BV53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BW53" t="s">
+        <v>87</v>
+      </c>
+      <c r="BX53" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="54" spans="1:25">
+    <row r="54" spans="1:76">
       <c r="A54" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="C54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="D54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="E54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="F54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="G54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="H54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="I54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="J54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="K54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="L54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="M54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="N54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="O54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="P54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="Q54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="R54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="S54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="T54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="U54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="V54" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="W54" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="X54" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="Y54" t="s">
-        <v>53</v>
+        <v>95</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AD54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AE54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AF54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AG54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AH54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AI54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AJ54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AK54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AL54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AM54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AN54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AO54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AR54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AS54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AT54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AU54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AV54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AW54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AX54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AY54" t="s">
+        <v>95</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BA54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BB54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BC54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BD54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BE54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BF54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BG54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BH54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BI54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BJ54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BK54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BL54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BM54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BN54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BO54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BP54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BQ54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BR54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BS54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BT54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BU54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BV54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BW54" t="s">
+        <v>95</v>
+      </c>
+      <c r="BX54" t="s">
+        <v>95</v>
       </c>
     </row>
-    <row r="55" spans="1:25">
+    <row r="55" spans="1:76">
       <c r="A55" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="C55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="D55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="F55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="G55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="I55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="J55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="K55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="L55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="M55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="N55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="O55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="P55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="Q55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="R55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="S55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="T55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="U55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="V55" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="W55" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="X55" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="Y55" t="s">
-        <v>54</v>
+        <v>97</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AI55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AJ55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AL55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AM55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AQ55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AR55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AS55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AU55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AV55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AW55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AX55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AY55" t="s">
+        <v>97</v>
+      </c>
+      <c r="AZ55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BA55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BB55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BC55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BD55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BE55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BF55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BG55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BH55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BI55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BJ55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BK55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BL55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BM55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BN55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BO55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BP55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BQ55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BR55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BS55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BT55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BU55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BV55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BW55" t="s">
+        <v>97</v>
+      </c>
+      <c r="BX55" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="56" spans="1:25">
+    <row r="56" spans="1:76">
       <c r="A56" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="C56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="D56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="E56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="F56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="G56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="H56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="I56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="J56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="K56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="L56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="M56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="N56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="O56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="P56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="Q56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="R56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="S56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="T56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="U56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="V56" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="W56" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="X56" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="Y56" t="s">
-        <v>51</v>
+        <v>91</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AF56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AN56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AT56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AU56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AY56" t="s">
+        <v>91</v>
+      </c>
+      <c r="AZ56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BA56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BB56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BC56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BD56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BE56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BF56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BG56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BH56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BI56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BJ56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BN56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BO56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BP56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BQ56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BR56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BS56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BT56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BU56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BV56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BW56" t="s">
+        <v>91</v>
+      </c>
+      <c r="BX56" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="57" spans="1:25">
+    <row r="57" spans="1:76">
       <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="4"/>
       <c r="H57" s="4"/>
       <c r="I57" s="4"/>
       <c r="J57" s="4"/>
       <c r="K57" s="4"/>
       <c r="L57" s="4"/>
       <c r="M57" s="4"/>
       <c r="N57" s="4"/>
       <c r="O57" s="4"/>
       <c r="P57" s="4"/>
       <c r="Q57" s="4"/>
       <c r="R57" s="4"/>
       <c r="S57" s="4"/>
       <c r="T57" s="4"/>
       <c r="U57" s="4"/>
       <c r="V57" s="4"/>
       <c r="W57" s="4"/>
       <c r="X57" s="4"/>
       <c r="Y57" s="4"/>
+      <c r="Z57" s="4"/>
+      <c r="AA57" s="4"/>
+      <c r="AB57" s="4"/>
+      <c r="AC57" s="4"/>
+      <c r="AD57" s="4"/>
+      <c r="AE57" s="4"/>
+      <c r="AF57" s="4"/>
+      <c r="AG57" s="4"/>
+      <c r="AH57" s="4"/>
+      <c r="AI57" s="4"/>
+      <c r="AJ57" s="4"/>
+      <c r="AK57" s="4"/>
+      <c r="AL57" s="4"/>
+      <c r="AM57" s="4"/>
+      <c r="AN57" s="4"/>
+      <c r="AO57" s="4"/>
+      <c r="AP57" s="4"/>
+      <c r="AQ57" s="4"/>
+      <c r="AR57" s="4"/>
+      <c r="AS57" s="4"/>
+      <c r="AT57" s="4"/>
+      <c r="AU57" s="4"/>
+      <c r="AV57" s="4"/>
+      <c r="AW57" s="4"/>
+      <c r="AX57" s="4"/>
+      <c r="AY57" s="4"/>
+      <c r="AZ57" s="4"/>
+      <c r="BA57" s="4"/>
+      <c r="BB57" s="4"/>
+      <c r="BC57" s="4"/>
+      <c r="BD57" s="4"/>
+      <c r="BE57" s="4"/>
+      <c r="BF57" s="4"/>
+      <c r="BG57" s="4"/>
+      <c r="BH57" s="4"/>
+      <c r="BI57" s="4"/>
+      <c r="BJ57" s="4"/>
+      <c r="BK57" s="4"/>
+      <c r="BL57" s="4"/>
+      <c r="BM57" s="4"/>
+      <c r="BN57" s="4"/>
+      <c r="BO57" s="4"/>
+      <c r="BP57" s="4"/>
+      <c r="BQ57" s="4"/>
+      <c r="BR57" s="4"/>
+      <c r="BS57" s="4"/>
+      <c r="BT57" s="4"/>
+      <c r="BU57" s="4"/>
+      <c r="BV57" s="4"/>
+      <c r="BW57" s="4"/>
+      <c r="BX57" s="4"/>
     </row>
-    <row r="58" spans="1:25">
+    <row r="58" spans="1:76">
       <c r="A58" s="2" t="s">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
       <c r="W58" s="2"/>
       <c r="X58" s="2"/>
       <c r="Y58" s="2"/>
+      <c r="Z58" s="2"/>
+      <c r="AA58" s="2"/>
+      <c r="AB58" s="2"/>
+      <c r="AC58" s="2"/>
+      <c r="AD58" s="2"/>
+      <c r="AE58" s="2"/>
+      <c r="AF58" s="2"/>
+      <c r="AG58" s="2"/>
+      <c r="AH58" s="2"/>
+      <c r="AI58" s="2"/>
+      <c r="AJ58" s="2"/>
+      <c r="AK58" s="2"/>
+      <c r="AL58" s="2"/>
+      <c r="AM58" s="2"/>
+      <c r="AN58" s="2"/>
+      <c r="AO58" s="2"/>
+      <c r="AP58" s="2"/>
+      <c r="AQ58" s="2"/>
+      <c r="AR58" s="2"/>
+      <c r="AS58" s="2"/>
+      <c r="AT58" s="2"/>
+      <c r="AU58" s="2"/>
+      <c r="AV58" s="2"/>
+      <c r="AW58" s="2"/>
+      <c r="AX58" s="2"/>
+      <c r="AY58" s="2"/>
+      <c r="AZ58" s="2"/>
+      <c r="BA58" s="2"/>
+      <c r="BB58" s="2"/>
+      <c r="BC58" s="2"/>
+      <c r="BD58" s="2"/>
+      <c r="BE58" s="2"/>
+      <c r="BF58" s="2"/>
+      <c r="BG58" s="2"/>
+      <c r="BH58" s="2"/>
+      <c r="BI58" s="2"/>
+      <c r="BJ58" s="2"/>
+      <c r="BK58" s="2"/>
+      <c r="BL58" s="2"/>
+      <c r="BM58" s="2"/>
+      <c r="BN58" s="2"/>
+      <c r="BO58" s="2"/>
+      <c r="BP58" s="2"/>
+      <c r="BQ58" s="2"/>
+      <c r="BR58" s="2"/>
+      <c r="BS58" s="2"/>
+      <c r="BT58" s="2"/>
+      <c r="BU58" s="2"/>
+      <c r="BV58" s="2"/>
+      <c r="BW58" s="2"/>
+      <c r="BX58" s="2"/>
     </row>
-    <row r="59" spans="1:25">
+    <row r="59" spans="1:76">
       <c r="A59" s="3" t="s">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
       <c r="P59" s="3"/>
       <c r="Q59" s="3"/>
       <c r="R59" s="3"/>
       <c r="S59" s="3"/>
       <c r="T59" s="3"/>
       <c r="U59" s="3"/>
       <c r="V59" s="3"/>
       <c r="W59" s="3"/>
       <c r="X59" s="3"/>
       <c r="Y59" s="3"/>
+      <c r="Z59" s="3"/>
+      <c r="AA59" s="3"/>
+      <c r="AB59" s="3"/>
+      <c r="AC59" s="3"/>
+      <c r="AD59" s="3"/>
+      <c r="AE59" s="3"/>
+      <c r="AF59" s="3"/>
+      <c r="AG59" s="3"/>
+      <c r="AH59" s="3"/>
+      <c r="AI59" s="3"/>
+      <c r="AJ59" s="3"/>
+      <c r="AK59" s="3"/>
+      <c r="AL59" s="3"/>
+      <c r="AM59" s="3"/>
+      <c r="AN59" s="3"/>
+      <c r="AO59" s="3"/>
+      <c r="AP59" s="3"/>
+      <c r="AQ59" s="3"/>
+      <c r="AR59" s="3"/>
+      <c r="AS59" s="3"/>
+      <c r="AT59" s="3"/>
+      <c r="AU59" s="3"/>
+      <c r="AV59" s="3"/>
+      <c r="AW59" s="3"/>
+      <c r="AX59" s="3"/>
+      <c r="AY59" s="3"/>
+      <c r="AZ59" s="3"/>
+      <c r="BA59" s="3"/>
+      <c r="BB59" s="3"/>
+      <c r="BC59" s="3"/>
+      <c r="BD59" s="3"/>
+      <c r="BE59" s="3"/>
+      <c r="BF59" s="3"/>
+      <c r="BG59" s="3"/>
+      <c r="BH59" s="3"/>
+      <c r="BI59" s="3"/>
+      <c r="BJ59" s="3"/>
+      <c r="BK59" s="3"/>
+      <c r="BL59" s="3"/>
+      <c r="BM59" s="3"/>
+      <c r="BN59" s="3"/>
+      <c r="BO59" s="3"/>
+      <c r="BP59" s="3"/>
+      <c r="BQ59" s="3"/>
+      <c r="BR59" s="3"/>
+      <c r="BS59" s="3"/>
+      <c r="BT59" s="3"/>
+      <c r="BU59" s="3"/>
+      <c r="BV59" s="3"/>
+      <c r="BW59" s="3"/>
+      <c r="BX59" s="3"/>
     </row>
-    <row r="60" spans="1:25">
+    <row r="60" spans="1:76">
       <c r="A60" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="C60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="D60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="E60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="F60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="H60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="I60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="J60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="K60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="L60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="M60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="N60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="O60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="P60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="Q60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="R60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="S60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="T60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="U60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="V60" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="W60" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="X60" t="s">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="Y60" t="s">
-        <v>57</v>
+        <v>101</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AE60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AF60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AG60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AH60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AI60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AJ60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AK60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AL60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AN60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AO60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AS60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AT60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AU60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AV60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AW60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AX60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AY60" t="s">
+        <v>101</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BA60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BB60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BC60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BD60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BE60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BF60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BG60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BH60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BI60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BJ60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BK60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BL60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BM60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BN60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BO60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BP60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BQ60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BR60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BS60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BT60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BU60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BV60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BW60" t="s">
+        <v>101</v>
+      </c>
+      <c r="BX60" t="s">
+        <v>101</v>
       </c>
     </row>
-    <row r="61" spans="1:25">
+    <row r="61" spans="1:76">
       <c r="A61" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="C61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="G61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="H61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="J61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="K61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="L61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="M61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="N61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="O61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="P61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="Q61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="R61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="S61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="T61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="U61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="V61" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="W61" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="X61" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="Y61" t="s">
-        <v>17</v>
+        <v>41</v>
+      </c>
+      <c r="Z61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AD61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AG61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AH61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AI61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AJ61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AK61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AL61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AM61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AN61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AO61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AP61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AR61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AS61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AT61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AU61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AV61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AW61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AX61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AY61" t="s">
+        <v>41</v>
+      </c>
+      <c r="AZ61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BA61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BB61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BC61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BD61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BE61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BF61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BG61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BH61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BI61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BJ61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BK61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BL61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BM61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BN61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BO61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BP61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BQ61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BR61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BS61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BT61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BU61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BV61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BW61" t="s">
+        <v>41</v>
+      </c>
+      <c r="BX61" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="62" spans="1:25">
+    <row r="62" spans="1:76">
       <c r="A62" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="C62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="D62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="E62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="F62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="G62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="H62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="I62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="J62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="K62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="L62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="M62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="N62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="O62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="P62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="Q62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="R62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="S62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="T62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="U62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="V62" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="W62" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="X62" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="Y62" t="s">
-        <v>58</v>
+        <v>103</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AD62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AG62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AH62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AI62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AJ62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AK62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AL62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AM62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AN62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AO62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AS62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AT62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AU62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AV62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AW62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AX62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AY62" t="s">
+        <v>103</v>
+      </c>
+      <c r="AZ62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BA62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BB62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BC62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BD62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BE62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BF62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BG62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BH62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BI62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BJ62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BK62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BL62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BM62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BN62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BO62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BP62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BQ62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BR62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BS62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BT62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BU62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BV62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BW62" t="s">
+        <v>103</v>
+      </c>
+      <c r="BX62" t="s">
+        <v>103</v>
       </c>
     </row>
-    <row r="63" spans="1:25">
+    <row r="63" spans="1:76">
       <c r="A63" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="C63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="E63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="F63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="G63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="H63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="I63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="J63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="K63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="L63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="M63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="N63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="O63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="P63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="Q63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="R63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="S63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="T63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="U63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="V63" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="W63" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="X63" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="Y63" t="s">
-        <v>32</v>
+        <v>104</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AV63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AW63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY63" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BA63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BB63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BC63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BD63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BF63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BG63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BH63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BI63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BJ63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BK63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BL63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BM63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BN63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BO63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BP63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BQ63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BR63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BS63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BT63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BU63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BV63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BW63" t="s">
+        <v>104</v>
+      </c>
+      <c r="BX63" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="64" spans="1:25">
+    <row r="64" spans="1:76">
       <c r="A64" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="F64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="H64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="I64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="L64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="M64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="N64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="O64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="P64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="Q64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="R64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="S64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="T64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="U64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="V64" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="W64" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="X64" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="Y64" t="s">
-        <v>21</v>
+        <v>48</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AJ64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AK64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AO64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AP64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AR64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AS64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AT64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AU64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AV64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AW64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AX64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AY64" t="s">
+        <v>48</v>
+      </c>
+      <c r="AZ64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BA64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BB64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BC64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BD64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BE64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BF64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BG64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BH64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BI64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BJ64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BK64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BL64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BM64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BN64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BO64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BP64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BQ64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BR64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BS64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BT64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BU64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BV64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BW64" t="s">
+        <v>48</v>
+      </c>
+      <c r="BX64" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="65" spans="1:25">
+    <row r="65" spans="1:76">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="4"/>
       <c r="J65" s="4"/>
       <c r="K65" s="4"/>
       <c r="L65" s="4"/>
       <c r="M65" s="4"/>
       <c r="N65" s="4"/>
       <c r="O65" s="4"/>
       <c r="P65" s="4"/>
       <c r="Q65" s="4"/>
       <c r="R65" s="4"/>
       <c r="S65" s="4"/>
       <c r="T65" s="4"/>
       <c r="U65" s="4"/>
       <c r="V65" s="4"/>
       <c r="W65" s="4"/>
       <c r="X65" s="4"/>
       <c r="Y65" s="4"/>
+      <c r="Z65" s="4"/>
+      <c r="AA65" s="4"/>
+      <c r="AB65" s="4"/>
+      <c r="AC65" s="4"/>
+      <c r="AD65" s="4"/>
+      <c r="AE65" s="4"/>
+      <c r="AF65" s="4"/>
+      <c r="AG65" s="4"/>
+      <c r="AH65" s="4"/>
+      <c r="AI65" s="4"/>
+      <c r="AJ65" s="4"/>
+      <c r="AK65" s="4"/>
+      <c r="AL65" s="4"/>
+      <c r="AM65" s="4"/>
+      <c r="AN65" s="4"/>
+      <c r="AO65" s="4"/>
+      <c r="AP65" s="4"/>
+      <c r="AQ65" s="4"/>
+      <c r="AR65" s="4"/>
+      <c r="AS65" s="4"/>
+      <c r="AT65" s="4"/>
+      <c r="AU65" s="4"/>
+      <c r="AV65" s="4"/>
+      <c r="AW65" s="4"/>
+      <c r="AX65" s="4"/>
+      <c r="AY65" s="4"/>
+      <c r="AZ65" s="4"/>
+      <c r="BA65" s="4"/>
+      <c r="BB65" s="4"/>
+      <c r="BC65" s="4"/>
+      <c r="BD65" s="4"/>
+      <c r="BE65" s="4"/>
+      <c r="BF65" s="4"/>
+      <c r="BG65" s="4"/>
+      <c r="BH65" s="4"/>
+      <c r="BI65" s="4"/>
+      <c r="BJ65" s="4"/>
+      <c r="BK65" s="4"/>
+      <c r="BL65" s="4"/>
+      <c r="BM65" s="4"/>
+      <c r="BN65" s="4"/>
+      <c r="BO65" s="4"/>
+      <c r="BP65" s="4"/>
+      <c r="BQ65" s="4"/>
+      <c r="BR65" s="4"/>
+      <c r="BS65" s="4"/>
+      <c r="BT65" s="4"/>
+      <c r="BU65" s="4"/>
+      <c r="BV65" s="4"/>
+      <c r="BW65" s="4"/>
+      <c r="BX65" s="4"/>
     </row>
-    <row r="66" spans="1:25">
+    <row r="66" spans="1:76">
       <c r="A66" s="2" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="N66" s="2"/>
       <c r="O66" s="2"/>
       <c r="P66" s="2"/>
       <c r="Q66" s="2"/>
       <c r="R66" s="2"/>
       <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
       <c r="W66" s="2"/>
       <c r="X66" s="2"/>
       <c r="Y66" s="2"/>
+      <c r="Z66" s="2"/>
+      <c r="AA66" s="2"/>
+      <c r="AB66" s="2"/>
+      <c r="AC66" s="2"/>
+      <c r="AD66" s="2"/>
+      <c r="AE66" s="2"/>
+      <c r="AF66" s="2"/>
+      <c r="AG66" s="2"/>
+      <c r="AH66" s="2"/>
+      <c r="AI66" s="2"/>
+      <c r="AJ66" s="2"/>
+      <c r="AK66" s="2"/>
+      <c r="AL66" s="2"/>
+      <c r="AM66" s="2"/>
+      <c r="AN66" s="2"/>
+      <c r="AO66" s="2"/>
+      <c r="AP66" s="2"/>
+      <c r="AQ66" s="2"/>
+      <c r="AR66" s="2"/>
+      <c r="AS66" s="2"/>
+      <c r="AT66" s="2"/>
+      <c r="AU66" s="2"/>
+      <c r="AV66" s="2"/>
+      <c r="AW66" s="2"/>
+      <c r="AX66" s="2"/>
+      <c r="AY66" s="2"/>
+      <c r="AZ66" s="2"/>
+      <c r="BA66" s="2"/>
+      <c r="BB66" s="2"/>
+      <c r="BC66" s="2"/>
+      <c r="BD66" s="2"/>
+      <c r="BE66" s="2"/>
+      <c r="BF66" s="2"/>
+      <c r="BG66" s="2"/>
+      <c r="BH66" s="2"/>
+      <c r="BI66" s="2"/>
+      <c r="BJ66" s="2"/>
+      <c r="BK66" s="2"/>
+      <c r="BL66" s="2"/>
+      <c r="BM66" s="2"/>
+      <c r="BN66" s="2"/>
+      <c r="BO66" s="2"/>
+      <c r="BP66" s="2"/>
+      <c r="BQ66" s="2"/>
+      <c r="BR66" s="2"/>
+      <c r="BS66" s="2"/>
+      <c r="BT66" s="2"/>
+      <c r="BU66" s="2"/>
+      <c r="BV66" s="2"/>
+      <c r="BW66" s="2"/>
+      <c r="BX66" s="2"/>
     </row>
-    <row r="67" spans="1:25">
+    <row r="67" spans="1:76">
       <c r="A67" s="3" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3"/>
       <c r="K67" s="3"/>
       <c r="L67" s="3"/>
       <c r="M67" s="3"/>
       <c r="N67" s="3"/>
       <c r="O67" s="3"/>
       <c r="P67" s="3"/>
       <c r="Q67" s="3"/>
       <c r="R67" s="3"/>
       <c r="S67" s="3"/>
       <c r="T67" s="3"/>
       <c r="U67" s="3"/>
       <c r="V67" s="3"/>
       <c r="W67" s="3"/>
       <c r="X67" s="3"/>
       <c r="Y67" s="3"/>
+      <c r="Z67" s="3"/>
+      <c r="AA67" s="3"/>
+      <c r="AB67" s="3"/>
+      <c r="AC67" s="3"/>
+      <c r="AD67" s="3"/>
+      <c r="AE67" s="3"/>
+      <c r="AF67" s="3"/>
+      <c r="AG67" s="3"/>
+      <c r="AH67" s="3"/>
+      <c r="AI67" s="3"/>
+      <c r="AJ67" s="3"/>
+      <c r="AK67" s="3"/>
+      <c r="AL67" s="3"/>
+      <c r="AM67" s="3"/>
+      <c r="AN67" s="3"/>
+      <c r="AO67" s="3"/>
+      <c r="AP67" s="3"/>
+      <c r="AQ67" s="3"/>
+      <c r="AR67" s="3"/>
+      <c r="AS67" s="3"/>
+      <c r="AT67" s="3"/>
+      <c r="AU67" s="3"/>
+      <c r="AV67" s="3"/>
+      <c r="AW67" s="3"/>
+      <c r="AX67" s="3"/>
+      <c r="AY67" s="3"/>
+      <c r="AZ67" s="3"/>
+      <c r="BA67" s="3"/>
+      <c r="BB67" s="3"/>
+      <c r="BC67" s="3"/>
+      <c r="BD67" s="3"/>
+      <c r="BE67" s="3"/>
+      <c r="BF67" s="3"/>
+      <c r="BG67" s="3"/>
+      <c r="BH67" s="3"/>
+      <c r="BI67" s="3"/>
+      <c r="BJ67" s="3"/>
+      <c r="BK67" s="3"/>
+      <c r="BL67" s="3"/>
+      <c r="BM67" s="3"/>
+      <c r="BN67" s="3"/>
+      <c r="BO67" s="3"/>
+      <c r="BP67" s="3"/>
+      <c r="BQ67" s="3"/>
+      <c r="BR67" s="3"/>
+      <c r="BS67" s="3"/>
+      <c r="BT67" s="3"/>
+      <c r="BU67" s="3"/>
+      <c r="BV67" s="3"/>
+      <c r="BW67" s="3"/>
+      <c r="BX67" s="3"/>
     </row>
-    <row r="68" spans="1:25">
+    <row r="68" spans="1:76">
       <c r="A68" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="C68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="D68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="E68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="F68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="G68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="H68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="I68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="J68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="K68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="L68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="M68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="N68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="O68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="P68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="Q68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="R68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="S68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="T68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="U68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="V68" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="W68" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="X68" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="Y68" t="s">
-        <v>61</v>
+        <v>108</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AE68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AG68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AH68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AI68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AJ68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AK68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AL68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AM68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AO68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AP68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AQ68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AR68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AS68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AT68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AU68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AV68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AW68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AX68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY68" t="s">
+        <v>108</v>
+      </c>
+      <c r="AZ68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BA68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BC68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BD68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BE68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BG68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BH68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BI68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BJ68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BK68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BL68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BM68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BN68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BO68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BP68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BQ68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BR68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BS68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BT68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BU68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BV68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BW68" t="s">
+        <v>108</v>
+      </c>
+      <c r="BX68" t="s">
+        <v>108</v>
       </c>
     </row>
-    <row r="69" spans="1:25">
+    <row r="69" spans="1:76">
       <c r="A69" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="C69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="D69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="E69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="F69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="G69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="H69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="I69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="J69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="K69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="L69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="M69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="N69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="P69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="Q69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="R69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="S69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="T69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="U69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="V69" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="W69" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="X69" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="Y69" t="s">
-        <v>62</v>
+        <v>87</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AN69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AV69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AW69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AX69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AY69" t="s">
+        <v>87</v>
+      </c>
+      <c r="AZ69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BA69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BC69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BD69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BE69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BF69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BG69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BH69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BI69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BK69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BM69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BN69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BO69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BP69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BQ69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BR69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BS69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BT69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BU69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BV69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BW69" t="s">
+        <v>87</v>
+      </c>
+      <c r="BX69" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="70" spans="1:25">
+    <row r="70" spans="1:76">
       <c r="A70" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B70" t="s">
+        <v>93</v>
+      </c>
+      <c r="C70" t="s">
+        <v>93</v>
+      </c>
+      <c r="D70" t="s">
+        <v>93</v>
+      </c>
+      <c r="E70" t="s">
+        <v>93</v>
+      </c>
+      <c r="F70" t="s">
+        <v>93</v>
+      </c>
+      <c r="G70" t="s">
+        <v>93</v>
+      </c>
+      <c r="H70" t="s">
+        <v>93</v>
+      </c>
+      <c r="I70" t="s">
+        <v>93</v>
+      </c>
+      <c r="J70" t="s">
+        <v>93</v>
+      </c>
+      <c r="K70" t="s">
+        <v>93</v>
+      </c>
+      <c r="L70" t="s">
+        <v>93</v>
+      </c>
+      <c r="M70" t="s">
+        <v>93</v>
+      </c>
+      <c r="N70" t="s">
+        <v>93</v>
+      </c>
+      <c r="O70" t="s">
+        <v>93</v>
+      </c>
+      <c r="P70" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>93</v>
+      </c>
+      <c r="R70" t="s">
+        <v>93</v>
+      </c>
+      <c r="S70" t="s">
+        <v>93</v>
+      </c>
+      <c r="T70" t="s">
+        <v>93</v>
+      </c>
+      <c r="U70" t="s">
+        <v>93</v>
+      </c>
+      <c r="V70" t="s">
+        <v>93</v>
+      </c>
+      <c r="W70" t="s">
+        <v>110</v>
+      </c>
+      <c r="X70" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AE70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AG70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AH70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AI70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AJ70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AL70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AN70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AO70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AP70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AQ70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AT70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AU70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AV70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AW70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AX70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AY70" t="s">
+        <v>110</v>
+      </c>
+      <c r="AZ70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BA70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BB70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BC70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BD70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BE70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BF70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BG70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BH70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BI70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BJ70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BK70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BL70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BM70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BN70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BO70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BP70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BQ70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BR70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BS70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BT70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BU70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BV70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BW70" t="s">
+        <v>110</v>
+      </c>
+      <c r="BX70" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="71" spans="1:76">
+      <c r="A71" t="s">
+        <v>33</v>
+      </c>
+      <c r="B71" t="s">
+        <v>111</v>
+      </c>
+      <c r="C71" t="s">
+        <v>111</v>
+      </c>
+      <c r="D71" t="s">
+        <v>111</v>
+      </c>
+      <c r="E71" t="s">
+        <v>111</v>
+      </c>
+      <c r="F71" t="s">
+        <v>111</v>
+      </c>
+      <c r="G71" t="s">
+        <v>111</v>
+      </c>
+      <c r="H71" t="s">
+        <v>111</v>
+      </c>
+      <c r="I71" t="s">
+        <v>111</v>
+      </c>
+      <c r="J71" t="s">
+        <v>111</v>
+      </c>
+      <c r="K71" t="s">
+        <v>111</v>
+      </c>
+      <c r="L71" t="s">
+        <v>111</v>
+      </c>
+      <c r="M71" t="s">
+        <v>111</v>
+      </c>
+      <c r="N71" t="s">
+        <v>111</v>
+      </c>
+      <c r="O71" t="s">
+        <v>111</v>
+      </c>
+      <c r="P71" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>111</v>
+      </c>
+      <c r="R71" t="s">
+        <v>111</v>
+      </c>
+      <c r="S71" t="s">
+        <v>111</v>
+      </c>
+      <c r="T71" t="s">
+        <v>111</v>
+      </c>
+      <c r="U71" t="s">
+        <v>111</v>
+      </c>
+      <c r="V71" t="s">
+        <v>111</v>
+      </c>
+      <c r="W71" t="s">
+        <v>93</v>
+      </c>
+      <c r="X71" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AL71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AP71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AT71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AU71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AV71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AW71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AX71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AY71" t="s">
+        <v>93</v>
+      </c>
+      <c r="AZ71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BA71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BB71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BC71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BD71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BE71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BF71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BG71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BH71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BI71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BJ71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BK71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BL71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BM71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BN71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BO71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BP71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BQ71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BR71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BS71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BT71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BU71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BV71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BW71" t="s">
+        <v>93</v>
+      </c>
+      <c r="BX71" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="72" spans="1:76">
+      <c r="A72" t="s">
+        <v>46</v>
+      </c>
+      <c r="B72" t="s">
         <v>63</v>
       </c>
-      <c r="C70" t="s">
+      <c r="C72" t="s">
         <v>63</v>
       </c>
-      <c r="D70" t="s">
+      <c r="D72" t="s">
         <v>63</v>
       </c>
-      <c r="E70" t="s">
+      <c r="E72" t="s">
         <v>63</v>
       </c>
-      <c r="F70" t="s">
+      <c r="F72" t="s">
         <v>63</v>
       </c>
-      <c r="G70" t="s">
+      <c r="G72" t="s">
         <v>63</v>
       </c>
-      <c r="H70" t="s">
+      <c r="H72" t="s">
         <v>63</v>
       </c>
-      <c r="I70" t="s">
+      <c r="I72" t="s">
         <v>63</v>
       </c>
-      <c r="J70" t="s">
+      <c r="J72" t="s">
         <v>63</v>
       </c>
-      <c r="K70" t="s">
+      <c r="K72" t="s">
         <v>63</v>
       </c>
-      <c r="L70" t="s">
+      <c r="L72" t="s">
         <v>63</v>
       </c>
-      <c r="M70" t="s">
+      <c r="M72" t="s">
         <v>63</v>
       </c>
-      <c r="N70" t="s">
+      <c r="N72" t="s">
         <v>63</v>
       </c>
-      <c r="O70" t="s">
+      <c r="O72" t="s">
         <v>63</v>
       </c>
-      <c r="P70" t="s">
+      <c r="P72" t="s">
         <v>63</v>
       </c>
-      <c r="Q70" t="s">
+      <c r="Q72" t="s">
         <v>63</v>
       </c>
-      <c r="R70" t="s">
+      <c r="R72" t="s">
         <v>63</v>
       </c>
-      <c r="S70" t="s">
+      <c r="S72" t="s">
         <v>63</v>
       </c>
-      <c r="T70" t="s">
+      <c r="T72" t="s">
         <v>63</v>
       </c>
-      <c r="U70" t="s">
+      <c r="U72" t="s">
         <v>63</v>
       </c>
-      <c r="V70" t="s">
+      <c r="V72" t="s">
         <v>63</v>
       </c>
-      <c r="W70" t="s">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="W72" t="s">
+        <v>91</v>
+      </c>
+      <c r="X72" t="s">
+        <v>91</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>91</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AN72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AP72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AT72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AU72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AY72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AZ72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BA72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BB72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BC72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BD72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BE72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BF72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BG72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BH72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BI72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BJ72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BN72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BO72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BP72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BQ72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BR72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BS72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BT72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BU72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BV72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BW72" t="s">
+        <v>91</v>
+      </c>
+      <c r="BX72" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="71" spans="1:25">
-[...153 lines deleted...]
-    <row r="73" spans="1:25">
+    <row r="73" spans="1:76">
       <c r="A73" s="3" t="s">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="B73" s="3"/>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
       <c r="Q73" s="3"/>
       <c r="R73" s="3"/>
       <c r="S73" s="3"/>
       <c r="T73" s="3"/>
       <c r="U73" s="3"/>
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
+      <c r="Z73" s="3"/>
+      <c r="AA73" s="3"/>
+      <c r="AB73" s="3"/>
+      <c r="AC73" s="3"/>
+      <c r="AD73" s="3"/>
+      <c r="AE73" s="3"/>
+      <c r="AF73" s="3"/>
+      <c r="AG73" s="3"/>
+      <c r="AH73" s="3"/>
+      <c r="AI73" s="3"/>
+      <c r="AJ73" s="3"/>
+      <c r="AK73" s="3"/>
+      <c r="AL73" s="3"/>
+      <c r="AM73" s="3"/>
+      <c r="AN73" s="3"/>
+      <c r="AO73" s="3"/>
+      <c r="AP73" s="3"/>
+      <c r="AQ73" s="3"/>
+      <c r="AR73" s="3"/>
+      <c r="AS73" s="3"/>
+      <c r="AT73" s="3"/>
+      <c r="AU73" s="3"/>
+      <c r="AV73" s="3"/>
+      <c r="AW73" s="3"/>
+      <c r="AX73" s="3"/>
+      <c r="AY73" s="3"/>
+      <c r="AZ73" s="3"/>
+      <c r="BA73" s="3"/>
+      <c r="BB73" s="3"/>
+      <c r="BC73" s="3"/>
+      <c r="BD73" s="3"/>
+      <c r="BE73" s="3"/>
+      <c r="BF73" s="3"/>
+      <c r="BG73" s="3"/>
+      <c r="BH73" s="3"/>
+      <c r="BI73" s="3"/>
+      <c r="BJ73" s="3"/>
+      <c r="BK73" s="3"/>
+      <c r="BL73" s="3"/>
+      <c r="BM73" s="3"/>
+      <c r="BN73" s="3"/>
+      <c r="BO73" s="3"/>
+      <c r="BP73" s="3"/>
+      <c r="BQ73" s="3"/>
+      <c r="BR73" s="3"/>
+      <c r="BS73" s="3"/>
+      <c r="BT73" s="3"/>
+      <c r="BU73" s="3"/>
+      <c r="BV73" s="3"/>
+      <c r="BW73" s="3"/>
+      <c r="BX73" s="3"/>
     </row>
-    <row r="74" spans="1:25">
+    <row r="74" spans="1:76">
       <c r="A74" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="C74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="D74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="E74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="F74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="G74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="H74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="I74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="J74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="K74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="L74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="M74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="N74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="O74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="P74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="Q74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="R74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="S74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="T74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="U74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="V74" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="W74" t="s">
-        <v>66</v>
+        <v>114</v>
       </c>
       <c r="X74" t="s">
-        <v>66</v>
+        <v>114</v>
       </c>
       <c r="Y74" t="s">
-        <v>66</v>
+        <v>114</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AG74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AH74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AI74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AK74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AM74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AN74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AO74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AP74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AS74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AT74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AU74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AV74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AW74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AX74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AY74" t="s">
+        <v>114</v>
+      </c>
+      <c r="AZ74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BA74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BB74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BC74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BD74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BE74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BF74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BG74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BH74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BI74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BJ74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BK74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BL74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BM74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BN74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BO74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BP74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BQ74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BR74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BS74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BT74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BU74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BV74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BW74" t="s">
+        <v>114</v>
+      </c>
+      <c r="BX74" t="s">
+        <v>114</v>
       </c>
     </row>
-    <row r="75" spans="1:25">
+    <row r="75" spans="1:76">
       <c r="A75" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="C75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="D75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="E75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="F75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="G75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="H75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="I75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="J75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="K75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="L75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="M75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="N75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="P75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="Q75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="R75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="S75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="T75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="U75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="V75" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="W75" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="X75" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="Y75" t="s">
-        <v>62</v>
+        <v>87</v>
+      </c>
+      <c r="Z75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AN75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AV75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AW75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AX75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AY75" t="s">
+        <v>87</v>
+      </c>
+      <c r="AZ75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BA75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BB75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BC75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BD75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BE75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BF75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BG75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BH75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BI75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BK75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BM75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BN75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BO75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BP75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BQ75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BR75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BS75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BT75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BU75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BV75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BW75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BX75" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="76" spans="1:25">
+    <row r="76" spans="1:76">
       <c r="A76" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="C76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="D76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="E76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="F76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="G76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="H76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="I76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="J76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="K76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="L76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="M76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="N76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="O76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="P76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="Q76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="R76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="S76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="T76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="U76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="V76" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="W76" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
       <c r="X76" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
       <c r="Y76" t="s">
-        <v>67</v>
+        <v>116</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AF76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AG76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AH76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AI76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AJ76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AK76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AL76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AN76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AO76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AP76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AQ76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AR76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AS76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AT76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AU76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AV76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AW76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AX76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AY76" t="s">
+        <v>116</v>
+      </c>
+      <c r="AZ76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BA76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BB76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BC76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BD76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BE76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BF76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BG76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BH76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BI76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BJ76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BK76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BL76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BM76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BN76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BO76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BP76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BQ76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BR76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BS76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BT76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BU76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BV76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BW76" t="s">
+        <v>116</v>
+      </c>
+      <c r="BX76" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="77" spans="1:25">
+    <row r="77" spans="1:76">
       <c r="A77" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="C77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="D77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="E77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="F77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="G77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="H77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="I77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="J77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="K77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="L77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="M77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="N77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="O77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="P77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="Q77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="R77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="S77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="T77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="U77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="V77" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="W77" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="X77" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="Y77" t="s">
-        <v>68</v>
+        <v>118</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AD77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AE77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AF77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AG77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AH77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AI77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AJ77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AK77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AL77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AN77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AO77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AP77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AS77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AT77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AU77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AV77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AW77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AX77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AY77" t="s">
+        <v>118</v>
+      </c>
+      <c r="AZ77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BA77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BB77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BC77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BD77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BE77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BF77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BG77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BH77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BI77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BJ77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BK77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BL77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BM77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BN77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BO77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BP77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BQ77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BR77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BS77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BT77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BU77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BV77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BW77" t="s">
+        <v>118</v>
+      </c>
+      <c r="BX77" t="s">
+        <v>118</v>
       </c>
     </row>
-    <row r="78" spans="1:25">
+    <row r="78" spans="1:76">
       <c r="A78" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="C78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="D78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="E78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="G78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="H78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="I78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="J78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="K78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="L78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="M78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="N78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="O78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="P78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="Q78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="R78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="S78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="T78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="U78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="V78" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="W78" t="s">
-        <v>33</v>
+        <v>91</v>
       </c>
       <c r="X78" t="s">
-        <v>33</v>
+        <v>91</v>
       </c>
       <c r="Y78" t="s">
-        <v>33</v>
+        <v>91</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AF78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AN78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AP78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AR78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AT78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AU78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AY78" t="s">
+        <v>91</v>
+      </c>
+      <c r="AZ78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BA78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BB78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BC78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BD78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BE78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BF78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BG78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BH78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BI78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BJ78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BN78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BO78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BP78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BQ78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BR78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BS78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BT78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BU78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BV78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BW78" t="s">
+        <v>91</v>
+      </c>
+      <c r="BX78" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="79" spans="1:25">
+    <row r="79" spans="1:76">
       <c r="A79" s="4"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="4"/>
       <c r="H79" s="4"/>
       <c r="I79" s="4"/>
       <c r="J79" s="4"/>
       <c r="K79" s="4"/>
       <c r="L79" s="4"/>
       <c r="M79" s="4"/>
       <c r="N79" s="4"/>
       <c r="O79" s="4"/>
       <c r="P79" s="4"/>
       <c r="Q79" s="4"/>
       <c r="R79" s="4"/>
       <c r="S79" s="4"/>
       <c r="T79" s="4"/>
       <c r="U79" s="4"/>
       <c r="V79" s="4"/>
       <c r="W79" s="4"/>
       <c r="X79" s="4"/>
       <c r="Y79" s="4"/>
+      <c r="Z79" s="4"/>
+      <c r="AA79" s="4"/>
+      <c r="AB79" s="4"/>
+      <c r="AC79" s="4"/>
+      <c r="AD79" s="4"/>
+      <c r="AE79" s="4"/>
+      <c r="AF79" s="4"/>
+      <c r="AG79" s="4"/>
+      <c r="AH79" s="4"/>
+      <c r="AI79" s="4"/>
+      <c r="AJ79" s="4"/>
+      <c r="AK79" s="4"/>
+      <c r="AL79" s="4"/>
+      <c r="AM79" s="4"/>
+      <c r="AN79" s="4"/>
+      <c r="AO79" s="4"/>
+      <c r="AP79" s="4"/>
+      <c r="AQ79" s="4"/>
+      <c r="AR79" s="4"/>
+      <c r="AS79" s="4"/>
+      <c r="AT79" s="4"/>
+      <c r="AU79" s="4"/>
+      <c r="AV79" s="4"/>
+      <c r="AW79" s="4"/>
+      <c r="AX79" s="4"/>
+      <c r="AY79" s="4"/>
+      <c r="AZ79" s="4"/>
+      <c r="BA79" s="4"/>
+      <c r="BB79" s="4"/>
+      <c r="BC79" s="4"/>
+      <c r="BD79" s="4"/>
+      <c r="BE79" s="4"/>
+      <c r="BF79" s="4"/>
+      <c r="BG79" s="4"/>
+      <c r="BH79" s="4"/>
+      <c r="BI79" s="4"/>
+      <c r="BJ79" s="4"/>
+      <c r="BK79" s="4"/>
+      <c r="BL79" s="4"/>
+      <c r="BM79" s="4"/>
+      <c r="BN79" s="4"/>
+      <c r="BO79" s="4"/>
+      <c r="BP79" s="4"/>
+      <c r="BQ79" s="4"/>
+      <c r="BR79" s="4"/>
+      <c r="BS79" s="4"/>
+      <c r="BT79" s="4"/>
+      <c r="BU79" s="4"/>
+      <c r="BV79" s="4"/>
+      <c r="BW79" s="4"/>
+      <c r="BX79" s="4"/>
     </row>
-    <row r="80" spans="1:25">
+    <row r="80" spans="1:76">
       <c r="A80" s="2" t="s">
-        <v>69</v>
+        <v>119</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="2"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
       <c r="I80" s="2"/>
       <c r="J80" s="2"/>
       <c r="K80" s="2"/>
       <c r="L80" s="2"/>
       <c r="M80" s="2"/>
       <c r="N80" s="2"/>
       <c r="O80" s="2"/>
       <c r="P80" s="2"/>
       <c r="Q80" s="2"/>
       <c r="R80" s="2"/>
       <c r="S80" s="2"/>
       <c r="T80" s="2"/>
       <c r="U80" s="2"/>
       <c r="V80" s="2"/>
       <c r="W80" s="2"/>
       <c r="X80" s="2"/>
       <c r="Y80" s="2"/>
+      <c r="Z80" s="2"/>
+      <c r="AA80" s="2"/>
+      <c r="AB80" s="2"/>
+      <c r="AC80" s="2"/>
+      <c r="AD80" s="2"/>
+      <c r="AE80" s="2"/>
+      <c r="AF80" s="2"/>
+      <c r="AG80" s="2"/>
+      <c r="AH80" s="2"/>
+      <c r="AI80" s="2"/>
+      <c r="AJ80" s="2"/>
+      <c r="AK80" s="2"/>
+      <c r="AL80" s="2"/>
+      <c r="AM80" s="2"/>
+      <c r="AN80" s="2"/>
+      <c r="AO80" s="2"/>
+      <c r="AP80" s="2"/>
+      <c r="AQ80" s="2"/>
+      <c r="AR80" s="2"/>
+      <c r="AS80" s="2"/>
+      <c r="AT80" s="2"/>
+      <c r="AU80" s="2"/>
+      <c r="AV80" s="2"/>
+      <c r="AW80" s="2"/>
+      <c r="AX80" s="2"/>
+      <c r="AY80" s="2"/>
+      <c r="AZ80" s="2"/>
+      <c r="BA80" s="2"/>
+      <c r="BB80" s="2"/>
+      <c r="BC80" s="2"/>
+      <c r="BD80" s="2"/>
+      <c r="BE80" s="2"/>
+      <c r="BF80" s="2"/>
+      <c r="BG80" s="2"/>
+      <c r="BH80" s="2"/>
+      <c r="BI80" s="2"/>
+      <c r="BJ80" s="2"/>
+      <c r="BK80" s="2"/>
+      <c r="BL80" s="2"/>
+      <c r="BM80" s="2"/>
+      <c r="BN80" s="2"/>
+      <c r="BO80" s="2"/>
+      <c r="BP80" s="2"/>
+      <c r="BQ80" s="2"/>
+      <c r="BR80" s="2"/>
+      <c r="BS80" s="2"/>
+      <c r="BT80" s="2"/>
+      <c r="BU80" s="2"/>
+      <c r="BV80" s="2"/>
+      <c r="BW80" s="2"/>
+      <c r="BX80" s="2"/>
     </row>
-    <row r="81" spans="1:25">
+    <row r="81" spans="1:76">
       <c r="A81" s="3" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="B81" s="3"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
       <c r="O81" s="3"/>
       <c r="P81" s="3"/>
       <c r="Q81" s="3"/>
       <c r="R81" s="3"/>
       <c r="S81" s="3"/>
       <c r="T81" s="3"/>
       <c r="U81" s="3"/>
       <c r="V81" s="3"/>
       <c r="W81" s="3"/>
       <c r="X81" s="3"/>
       <c r="Y81" s="3"/>
+      <c r="Z81" s="3"/>
+      <c r="AA81" s="3"/>
+      <c r="AB81" s="3"/>
+      <c r="AC81" s="3"/>
+      <c r="AD81" s="3"/>
+      <c r="AE81" s="3"/>
+      <c r="AF81" s="3"/>
+      <c r="AG81" s="3"/>
+      <c r="AH81" s="3"/>
+      <c r="AI81" s="3"/>
+      <c r="AJ81" s="3"/>
+      <c r="AK81" s="3"/>
+      <c r="AL81" s="3"/>
+      <c r="AM81" s="3"/>
+      <c r="AN81" s="3"/>
+      <c r="AO81" s="3"/>
+      <c r="AP81" s="3"/>
+      <c r="AQ81" s="3"/>
+      <c r="AR81" s="3"/>
+      <c r="AS81" s="3"/>
+      <c r="AT81" s="3"/>
+      <c r="AU81" s="3"/>
+      <c r="AV81" s="3"/>
+      <c r="AW81" s="3"/>
+      <c r="AX81" s="3"/>
+      <c r="AY81" s="3"/>
+      <c r="AZ81" s="3"/>
+      <c r="BA81" s="3"/>
+      <c r="BB81" s="3"/>
+      <c r="BC81" s="3"/>
+      <c r="BD81" s="3"/>
+      <c r="BE81" s="3"/>
+      <c r="BF81" s="3"/>
+      <c r="BG81" s="3"/>
+      <c r="BH81" s="3"/>
+      <c r="BI81" s="3"/>
+      <c r="BJ81" s="3"/>
+      <c r="BK81" s="3"/>
+      <c r="BL81" s="3"/>
+      <c r="BM81" s="3"/>
+      <c r="BN81" s="3"/>
+      <c r="BO81" s="3"/>
+      <c r="BP81" s="3"/>
+      <c r="BQ81" s="3"/>
+      <c r="BR81" s="3"/>
+      <c r="BS81" s="3"/>
+      <c r="BT81" s="3"/>
+      <c r="BU81" s="3"/>
+      <c r="BV81" s="3"/>
+      <c r="BW81" s="3"/>
+      <c r="BX81" s="3"/>
     </row>
-    <row r="82" spans="1:25">
+    <row r="82" spans="1:76">
       <c r="A82" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="C82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="D82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="E82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="F82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="G82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="H82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="I82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="J82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="K82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="L82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="M82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="N82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="O82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="P82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="Q82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="R82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="S82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="T82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="U82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="V82" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="W82" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="X82" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="Y82" t="s">
-        <v>71</v>
+        <v>122</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AG82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AH82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AI82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AJ82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AK82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AL82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AM82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AN82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AO82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AP82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AQ82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AR82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AS82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AT82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AU82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AV82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AW82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AX82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AY82" t="s">
+        <v>122</v>
+      </c>
+      <c r="AZ82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BA82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BB82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BC82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BD82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BE82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BF82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BG82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BH82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BI82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BJ82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BK82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BL82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BM82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BN82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BO82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BP82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BQ82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BR82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BS82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BT82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BU82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BV82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BW82" t="s">
+        <v>122</v>
+      </c>
+      <c r="BX82" t="s">
+        <v>122</v>
       </c>
     </row>
-    <row r="83" spans="1:25">
+    <row r="83" spans="1:76">
       <c r="A83" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="C83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="F83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="G83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="H83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="J83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="K83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="L83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="M83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="N83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="O83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="P83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="Q83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="R83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="S83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="T83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="U83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="V83" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="W83" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="X83" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="Y83" t="s">
-        <v>17</v>
+        <v>123</v>
+      </c>
+      <c r="Z83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AA83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AC83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AD83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AE83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AF83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AG83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AH83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AI83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AJ83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AK83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AL83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AM83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AN83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AO83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AP83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AQ83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AR83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AS83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AT83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AU83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AV83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AW83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AX83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AY83" t="s">
+        <v>123</v>
+      </c>
+      <c r="AZ83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BA83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BB83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BC83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BD83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BE83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BF83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BG83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BH83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BI83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BJ83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BK83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BL83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BM83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BN83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BO83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BP83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BQ83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BR83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BS83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BT83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BU83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BV83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BW83" t="s">
+        <v>123</v>
+      </c>
+      <c r="BX83" t="s">
+        <v>123</v>
       </c>
     </row>
-    <row r="84" spans="1:25">
+    <row r="84" spans="1:76">
       <c r="A84" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="C84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="D84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="E84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="F84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="G84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="H84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="I84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="J84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="K84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="L84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="M84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="N84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="O84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="P84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="Q84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="R84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="S84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="T84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="U84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="V84" t="s">
-        <v>72</v>
+        <v>124</v>
       </c>
       <c r="W84" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="X84" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="Y84" t="s">
-        <v>72</v>
+        <v>125</v>
+      </c>
+      <c r="Z84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AE84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AG84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AH84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AI84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AJ84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AK84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AL84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AM84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AN84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AO84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AP84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AQ84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AR84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AS84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AT84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AU84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AV84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AW84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AX84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AY84" t="s">
+        <v>125</v>
+      </c>
+      <c r="AZ84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BA84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BB84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BC84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BD84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BE84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BF84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BG84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BH84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BI84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BJ84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BK84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BL84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BM84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BN84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BO84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BP84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BQ84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BR84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BS84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BT84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BU84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BV84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BW84" t="s">
+        <v>125</v>
+      </c>
+      <c r="BX84" t="s">
+        <v>125</v>
       </c>
     </row>
-    <row r="85" spans="1:25">
+    <row r="85" spans="1:76">
       <c r="A85" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="C85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="D85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="F85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="G85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="H85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="J85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="K85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="L85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="M85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="N85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="O85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="P85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="Q85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="R85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="S85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="T85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="U85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="V85" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="W85" t="s">
-        <v>73</v>
+        <v>126</v>
       </c>
       <c r="X85" t="s">
-        <v>73</v>
+        <v>126</v>
       </c>
       <c r="Y85" t="s">
-        <v>73</v>
+        <v>126</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AC85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AE85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AF85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AH85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AI85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AJ85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AK85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AL85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AM85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AN85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AO85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AP85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AQ85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AR85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AS85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AT85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AU85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AV85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AW85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AX85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY85" t="s">
+        <v>126</v>
+      </c>
+      <c r="AZ85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BA85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BB85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BC85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BD85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BE85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BF85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BG85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BH85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BI85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BJ85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BK85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BL85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BM85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BN85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BO85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BP85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BQ85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BR85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BS85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BT85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BU85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BV85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BW85" t="s">
+        <v>126</v>
+      </c>
+      <c r="BX85" t="s">
+        <v>126</v>
       </c>
     </row>
-    <row r="86" spans="1:25">
+    <row r="86" spans="1:76">
       <c r="A86" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="F86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="H86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="I86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="J86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="L86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="M86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="N86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="O86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="P86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="Q86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="R86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="S86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="T86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="U86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="V86" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="W86" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="X86" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="Y86" t="s">
-        <v>21</v>
+        <v>127</v>
+      </c>
+      <c r="Z86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AA86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AB86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AD86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AE86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AF86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AG86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AJ86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AK86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AL86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AM86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AN86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AO86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AP86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AR86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AS86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AT86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AU86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AV86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AW86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AX86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AY86" t="s">
+        <v>127</v>
+      </c>
+      <c r="AZ86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BA86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BB86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BC86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BD86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BE86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BF86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BG86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BH86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BI86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BJ86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BK86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BL86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BM86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BN86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BO86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BP86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BQ86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BR86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BS86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BT86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BU86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BV86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BW86" t="s">
+        <v>127</v>
+      </c>
+      <c r="BX86" t="s">
+        <v>127</v>
       </c>
     </row>
-    <row r="87" spans="1:25">
+    <row r="87" spans="1:76">
       <c r="A87" s="4"/>
       <c r="B87" s="4"/>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="4"/>
       <c r="H87" s="4"/>
       <c r="I87" s="4"/>
       <c r="J87" s="4"/>
       <c r="K87" s="4"/>
       <c r="L87" s="4"/>
       <c r="M87" s="4"/>
       <c r="N87" s="4"/>
       <c r="O87" s="4"/>
       <c r="P87" s="4"/>
       <c r="Q87" s="4"/>
       <c r="R87" s="4"/>
       <c r="S87" s="4"/>
       <c r="T87" s="4"/>
       <c r="U87" s="4"/>
       <c r="V87" s="4"/>
       <c r="W87" s="4"/>
       <c r="X87" s="4"/>
       <c r="Y87" s="4"/>
+      <c r="Z87" s="4"/>
+      <c r="AA87" s="4"/>
+      <c r="AB87" s="4"/>
+      <c r="AC87" s="4"/>
+      <c r="AD87" s="4"/>
+      <c r="AE87" s="4"/>
+      <c r="AF87" s="4"/>
+      <c r="AG87" s="4"/>
+      <c r="AH87" s="4"/>
+      <c r="AI87" s="4"/>
+      <c r="AJ87" s="4"/>
+      <c r="AK87" s="4"/>
+      <c r="AL87" s="4"/>
+      <c r="AM87" s="4"/>
+      <c r="AN87" s="4"/>
+      <c r="AO87" s="4"/>
+      <c r="AP87" s="4"/>
+      <c r="AQ87" s="4"/>
+      <c r="AR87" s="4"/>
+      <c r="AS87" s="4"/>
+      <c r="AT87" s="4"/>
+      <c r="AU87" s="4"/>
+      <c r="AV87" s="4"/>
+      <c r="AW87" s="4"/>
+      <c r="AX87" s="4"/>
+      <c r="AY87" s="4"/>
+      <c r="AZ87" s="4"/>
+      <c r="BA87" s="4"/>
+      <c r="BB87" s="4"/>
+      <c r="BC87" s="4"/>
+      <c r="BD87" s="4"/>
+      <c r="BE87" s="4"/>
+      <c r="BF87" s="4"/>
+      <c r="BG87" s="4"/>
+      <c r="BH87" s="4"/>
+      <c r="BI87" s="4"/>
+      <c r="BJ87" s="4"/>
+      <c r="BK87" s="4"/>
+      <c r="BL87" s="4"/>
+      <c r="BM87" s="4"/>
+      <c r="BN87" s="4"/>
+      <c r="BO87" s="4"/>
+      <c r="BP87" s="4"/>
+      <c r="BQ87" s="4"/>
+      <c r="BR87" s="4"/>
+      <c r="BS87" s="4"/>
+      <c r="BT87" s="4"/>
+      <c r="BU87" s="4"/>
+      <c r="BV87" s="4"/>
+      <c r="BW87" s="4"/>
+      <c r="BX87" s="4"/>
     </row>
-    <row r="88" spans="1:25">
+    <row r="88" spans="1:76">
       <c r="A88" s="2" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
       <c r="J88" s="2"/>
       <c r="K88" s="2"/>
       <c r="L88" s="2"/>
       <c r="M88" s="2"/>
       <c r="N88" s="2"/>
       <c r="O88" s="2"/>
       <c r="P88" s="2"/>
       <c r="Q88" s="2"/>
       <c r="R88" s="2"/>
       <c r="S88" s="2"/>
       <c r="T88" s="2"/>
       <c r="U88" s="2"/>
       <c r="V88" s="2"/>
       <c r="W88" s="2"/>
       <c r="X88" s="2"/>
       <c r="Y88" s="2"/>
+      <c r="Z88" s="2"/>
+      <c r="AA88" s="2"/>
+      <c r="AB88" s="2"/>
+      <c r="AC88" s="2"/>
+      <c r="AD88" s="2"/>
+      <c r="AE88" s="2"/>
+      <c r="AF88" s="2"/>
+      <c r="AG88" s="2"/>
+      <c r="AH88" s="2"/>
+      <c r="AI88" s="2"/>
+      <c r="AJ88" s="2"/>
+      <c r="AK88" s="2"/>
+      <c r="AL88" s="2"/>
+      <c r="AM88" s="2"/>
+      <c r="AN88" s="2"/>
+      <c r="AO88" s="2"/>
+      <c r="AP88" s="2"/>
+      <c r="AQ88" s="2"/>
+      <c r="AR88" s="2"/>
+      <c r="AS88" s="2"/>
+      <c r="AT88" s="2"/>
+      <c r="AU88" s="2"/>
+      <c r="AV88" s="2"/>
+      <c r="AW88" s="2"/>
+      <c r="AX88" s="2"/>
+      <c r="AY88" s="2"/>
+      <c r="AZ88" s="2"/>
+      <c r="BA88" s="2"/>
+      <c r="BB88" s="2"/>
+      <c r="BC88" s="2"/>
+      <c r="BD88" s="2"/>
+      <c r="BE88" s="2"/>
+      <c r="BF88" s="2"/>
+      <c r="BG88" s="2"/>
+      <c r="BH88" s="2"/>
+      <c r="BI88" s="2"/>
+      <c r="BJ88" s="2"/>
+      <c r="BK88" s="2"/>
+      <c r="BL88" s="2"/>
+      <c r="BM88" s="2"/>
+      <c r="BN88" s="2"/>
+      <c r="BO88" s="2"/>
+      <c r="BP88" s="2"/>
+      <c r="BQ88" s="2"/>
+      <c r="BR88" s="2"/>
+      <c r="BS88" s="2"/>
+      <c r="BT88" s="2"/>
+      <c r="BU88" s="2"/>
+      <c r="BV88" s="2"/>
+      <c r="BW88" s="2"/>
+      <c r="BX88" s="2"/>
     </row>
-    <row r="89" spans="1:25">
+    <row r="89" spans="1:76">
       <c r="A89" s="3" t="s">
-        <v>75</v>
+        <v>129</v>
       </c>
       <c r="B89" s="3"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
       <c r="M89" s="3"/>
       <c r="N89" s="3"/>
       <c r="O89" s="3"/>
       <c r="P89" s="3"/>
       <c r="Q89" s="3"/>
       <c r="R89" s="3"/>
       <c r="S89" s="3"/>
       <c r="T89" s="3"/>
       <c r="U89" s="3"/>
       <c r="V89" s="3"/>
       <c r="W89" s="3"/>
       <c r="X89" s="3"/>
       <c r="Y89" s="3"/>
+      <c r="Z89" s="3"/>
+      <c r="AA89" s="3"/>
+      <c r="AB89" s="3"/>
+      <c r="AC89" s="3"/>
+      <c r="AD89" s="3"/>
+      <c r="AE89" s="3"/>
+      <c r="AF89" s="3"/>
+      <c r="AG89" s="3"/>
+      <c r="AH89" s="3"/>
+      <c r="AI89" s="3"/>
+      <c r="AJ89" s="3"/>
+      <c r="AK89" s="3"/>
+      <c r="AL89" s="3"/>
+      <c r="AM89" s="3"/>
+      <c r="AN89" s="3"/>
+      <c r="AO89" s="3"/>
+      <c r="AP89" s="3"/>
+      <c r="AQ89" s="3"/>
+      <c r="AR89" s="3"/>
+      <c r="AS89" s="3"/>
+      <c r="AT89" s="3"/>
+      <c r="AU89" s="3"/>
+      <c r="AV89" s="3"/>
+      <c r="AW89" s="3"/>
+      <c r="AX89" s="3"/>
+      <c r="AY89" s="3"/>
+      <c r="AZ89" s="3"/>
+      <c r="BA89" s="3"/>
+      <c r="BB89" s="3"/>
+      <c r="BC89" s="3"/>
+      <c r="BD89" s="3"/>
+      <c r="BE89" s="3"/>
+      <c r="BF89" s="3"/>
+      <c r="BG89" s="3"/>
+      <c r="BH89" s="3"/>
+      <c r="BI89" s="3"/>
+      <c r="BJ89" s="3"/>
+      <c r="BK89" s="3"/>
+      <c r="BL89" s="3"/>
+      <c r="BM89" s="3"/>
+      <c r="BN89" s="3"/>
+      <c r="BO89" s="3"/>
+      <c r="BP89" s="3"/>
+      <c r="BQ89" s="3"/>
+      <c r="BR89" s="3"/>
+      <c r="BS89" s="3"/>
+      <c r="BT89" s="3"/>
+      <c r="BU89" s="3"/>
+      <c r="BV89" s="3"/>
+      <c r="BW89" s="3"/>
+      <c r="BX89" s="3"/>
     </row>
-    <row r="90" spans="1:25">
+    <row r="90" spans="1:76">
       <c r="A90" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="C90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="D90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="E90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="F90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="G90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="H90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="I90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="J90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="K90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="L90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="M90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="N90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="O90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="P90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="Q90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="R90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="S90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="T90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="U90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="V90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="W90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="X90" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="Y90" t="s">
-        <v>76</v>
+        <v>130</v>
+      </c>
+      <c r="Z90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AA90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AB90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AC90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AD90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AE90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AF90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AG90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AH90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AI90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AJ90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AL90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AM90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AN90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AO90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AP90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AR90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AS90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AT90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AU90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AV90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AW90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AX90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AY90" t="s">
+        <v>130</v>
+      </c>
+      <c r="AZ90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BA90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BB90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BC90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BD90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BF90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BG90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BH90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BI90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BJ90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BK90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BL90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BM90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BN90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BO90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BP90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BQ90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BR90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BS90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BT90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BU90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BV90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BW90" t="s">
+        <v>130</v>
+      </c>
+      <c r="BX90" t="s">
+        <v>130</v>
       </c>
     </row>
-    <row r="91" spans="1:25">
+    <row r="91" spans="1:76">
       <c r="A91" s="4"/>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
       <c r="D91" s="4"/>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="4"/>
       <c r="H91" s="4"/>
       <c r="I91" s="4"/>
       <c r="J91" s="4"/>
       <c r="K91" s="4"/>
       <c r="L91" s="4"/>
       <c r="M91" s="4"/>
       <c r="N91" s="4"/>
       <c r="O91" s="4"/>
       <c r="P91" s="4"/>
       <c r="Q91" s="4"/>
       <c r="R91" s="4"/>
       <c r="S91" s="4"/>
       <c r="T91" s="4"/>
       <c r="U91" s="4"/>
       <c r="V91" s="4"/>
       <c r="W91" s="4"/>
       <c r="X91" s="4"/>
       <c r="Y91" s="4"/>
+      <c r="Z91" s="4"/>
+      <c r="AA91" s="4"/>
+      <c r="AB91" s="4"/>
+      <c r="AC91" s="4"/>
+      <c r="AD91" s="4"/>
+      <c r="AE91" s="4"/>
+      <c r="AF91" s="4"/>
+      <c r="AG91" s="4"/>
+      <c r="AH91" s="4"/>
+      <c r="AI91" s="4"/>
+      <c r="AJ91" s="4"/>
+      <c r="AK91" s="4"/>
+      <c r="AL91" s="4"/>
+      <c r="AM91" s="4"/>
+      <c r="AN91" s="4"/>
+      <c r="AO91" s="4"/>
+      <c r="AP91" s="4"/>
+      <c r="AQ91" s="4"/>
+      <c r="AR91" s="4"/>
+      <c r="AS91" s="4"/>
+      <c r="AT91" s="4"/>
+      <c r="AU91" s="4"/>
+      <c r="AV91" s="4"/>
+      <c r="AW91" s="4"/>
+      <c r="AX91" s="4"/>
+      <c r="AY91" s="4"/>
+      <c r="AZ91" s="4"/>
+      <c r="BA91" s="4"/>
+      <c r="BB91" s="4"/>
+      <c r="BC91" s="4"/>
+      <c r="BD91" s="4"/>
+      <c r="BE91" s="4"/>
+      <c r="BF91" s="4"/>
+      <c r="BG91" s="4"/>
+      <c r="BH91" s="4"/>
+      <c r="BI91" s="4"/>
+      <c r="BJ91" s="4"/>
+      <c r="BK91" s="4"/>
+      <c r="BL91" s="4"/>
+      <c r="BM91" s="4"/>
+      <c r="BN91" s="4"/>
+      <c r="BO91" s="4"/>
+      <c r="BP91" s="4"/>
+      <c r="BQ91" s="4"/>
+      <c r="BR91" s="4"/>
+      <c r="BS91" s="4"/>
+      <c r="BT91" s="4"/>
+      <c r="BU91" s="4"/>
+      <c r="BV91" s="4"/>
+      <c r="BW91" s="4"/>
+      <c r="BX91" s="4"/>
     </row>
-    <row r="92" spans="1:25">
+    <row r="92" spans="1:76">
       <c r="A92" s="2" t="s">
-        <v>77</v>
+        <v>131</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
       <c r="J92" s="2"/>
       <c r="K92" s="2"/>
       <c r="L92" s="2"/>
       <c r="M92" s="2"/>
       <c r="N92" s="2"/>
       <c r="O92" s="2"/>
       <c r="P92" s="2"/>
       <c r="Q92" s="2"/>
       <c r="R92" s="2"/>
       <c r="S92" s="2"/>
       <c r="T92" s="2"/>
       <c r="U92" s="2"/>
       <c r="V92" s="2"/>
       <c r="W92" s="2"/>
       <c r="X92" s="2"/>
       <c r="Y92" s="2"/>
+      <c r="Z92" s="2"/>
+      <c r="AA92" s="2"/>
+      <c r="AB92" s="2"/>
+      <c r="AC92" s="2"/>
+      <c r="AD92" s="2"/>
+      <c r="AE92" s="2"/>
+      <c r="AF92" s="2"/>
+      <c r="AG92" s="2"/>
+      <c r="AH92" s="2"/>
+      <c r="AI92" s="2"/>
+      <c r="AJ92" s="2"/>
+      <c r="AK92" s="2"/>
+      <c r="AL92" s="2"/>
+      <c r="AM92" s="2"/>
+      <c r="AN92" s="2"/>
+      <c r="AO92" s="2"/>
+      <c r="AP92" s="2"/>
+      <c r="AQ92" s="2"/>
+      <c r="AR92" s="2"/>
+      <c r="AS92" s="2"/>
+      <c r="AT92" s="2"/>
+      <c r="AU92" s="2"/>
+      <c r="AV92" s="2"/>
+      <c r="AW92" s="2"/>
+      <c r="AX92" s="2"/>
+      <c r="AY92" s="2"/>
+      <c r="AZ92" s="2"/>
+      <c r="BA92" s="2"/>
+      <c r="BB92" s="2"/>
+      <c r="BC92" s="2"/>
+      <c r="BD92" s="2"/>
+      <c r="BE92" s="2"/>
+      <c r="BF92" s="2"/>
+      <c r="BG92" s="2"/>
+      <c r="BH92" s="2"/>
+      <c r="BI92" s="2"/>
+      <c r="BJ92" s="2"/>
+      <c r="BK92" s="2"/>
+      <c r="BL92" s="2"/>
+      <c r="BM92" s="2"/>
+      <c r="BN92" s="2"/>
+      <c r="BO92" s="2"/>
+      <c r="BP92" s="2"/>
+      <c r="BQ92" s="2"/>
+      <c r="BR92" s="2"/>
+      <c r="BS92" s="2"/>
+      <c r="BT92" s="2"/>
+      <c r="BU92" s="2"/>
+      <c r="BV92" s="2"/>
+      <c r="BW92" s="2"/>
+      <c r="BX92" s="2"/>
     </row>
-    <row r="93" spans="1:25">
+    <row r="93" spans="1:76">
       <c r="A93" s="3" t="s">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="B93" s="3"/>
       <c r="C93" s="3"/>
       <c r="D93" s="3"/>
       <c r="E93" s="3"/>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="J93" s="3"/>
       <c r="K93" s="3"/>
       <c r="L93" s="3"/>
       <c r="M93" s="3"/>
       <c r="N93" s="3"/>
       <c r="O93" s="3"/>
       <c r="P93" s="3"/>
       <c r="Q93" s="3"/>
       <c r="R93" s="3"/>
       <c r="S93" s="3"/>
       <c r="T93" s="3"/>
       <c r="U93" s="3"/>
       <c r="V93" s="3"/>
       <c r="W93" s="3"/>
       <c r="X93" s="3"/>
       <c r="Y93" s="3"/>
+      <c r="Z93" s="3"/>
+      <c r="AA93" s="3"/>
+      <c r="AB93" s="3"/>
+      <c r="AC93" s="3"/>
+      <c r="AD93" s="3"/>
+      <c r="AE93" s="3"/>
+      <c r="AF93" s="3"/>
+      <c r="AG93" s="3"/>
+      <c r="AH93" s="3"/>
+      <c r="AI93" s="3"/>
+      <c r="AJ93" s="3"/>
+      <c r="AK93" s="3"/>
+      <c r="AL93" s="3"/>
+      <c r="AM93" s="3"/>
+      <c r="AN93" s="3"/>
+      <c r="AO93" s="3"/>
+      <c r="AP93" s="3"/>
+      <c r="AQ93" s="3"/>
+      <c r="AR93" s="3"/>
+      <c r="AS93" s="3"/>
+      <c r="AT93" s="3"/>
+      <c r="AU93" s="3"/>
+      <c r="AV93" s="3"/>
+      <c r="AW93" s="3"/>
+      <c r="AX93" s="3"/>
+      <c r="AY93" s="3"/>
+      <c r="AZ93" s="3"/>
+      <c r="BA93" s="3"/>
+      <c r="BB93" s="3"/>
+      <c r="BC93" s="3"/>
+      <c r="BD93" s="3"/>
+      <c r="BE93" s="3"/>
+      <c r="BF93" s="3"/>
+      <c r="BG93" s="3"/>
+      <c r="BH93" s="3"/>
+      <c r="BI93" s="3"/>
+      <c r="BJ93" s="3"/>
+      <c r="BK93" s="3"/>
+      <c r="BL93" s="3"/>
+      <c r="BM93" s="3"/>
+      <c r="BN93" s="3"/>
+      <c r="BO93" s="3"/>
+      <c r="BP93" s="3"/>
+      <c r="BQ93" s="3"/>
+      <c r="BR93" s="3"/>
+      <c r="BS93" s="3"/>
+      <c r="BT93" s="3"/>
+      <c r="BU93" s="3"/>
+      <c r="BV93" s="3"/>
+      <c r="BW93" s="3"/>
+      <c r="BX93" s="3"/>
     </row>
-    <row r="94" spans="1:25">
+    <row r="94" spans="1:76">
       <c r="A94" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="C94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="D94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="E94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="F94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="G94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="H94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="I94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="J94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="K94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="L94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="M94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="N94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="O94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="P94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="Q94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="R94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="S94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="T94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="U94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="V94" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="W94" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="X94" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="Y94" t="s">
-        <v>68</v>
+        <v>52</v>
+      </c>
+      <c r="Z94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY94" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI94" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BK94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BL94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BM94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BN94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BO94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BP94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BQ94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BR94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BS94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BT94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BU94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BV94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BW94" t="s">
+        <v>108</v>
+      </c>
+      <c r="BX94" t="s">
+        <v>108</v>
       </c>
     </row>
-    <row r="95" spans="1:25">
+    <row r="95" spans="1:76">
       <c r="A95" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="C95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="D95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="E95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="F95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="G95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="H95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="I95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="J95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="K95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="L95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="M95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="N95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="O95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="P95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="Q95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="R95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="S95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="T95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="U95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="V95" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="W95" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="X95" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="Y95" t="s">
-        <v>78</v>
+        <v>52</v>
+      </c>
+      <c r="Z95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY95" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI95" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BK95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BM95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BN95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BO95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BP95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BQ95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BR95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BS95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BT95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BU95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BV95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BW95" t="s">
+        <v>87</v>
+      </c>
+      <c r="BX95" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="96" spans="1:25">
+    <row r="96" spans="1:76">
       <c r="A96" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="C96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="D96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="E96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="F96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="G96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="H96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="I96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="J96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="K96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="L96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="M96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="N96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="O96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="P96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="Q96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="R96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="S96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="T96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="U96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="V96" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="W96" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="X96" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="Y96" t="s">
-        <v>79</v>
+        <v>52</v>
+      </c>
+      <c r="Z96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY96" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI96" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BK96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BL96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BM96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BN96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BO96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BP96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BQ96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BR96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BS96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BT96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BU96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BV96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BW96" t="s">
+        <v>110</v>
+      </c>
+      <c r="BX96" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="97" spans="1:25">
+    <row r="97" spans="1:76">
       <c r="A97" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="C97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="D97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="E97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="F97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="G97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="I97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="J97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="K97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="L97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="M97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="N97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="O97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="P97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="Q97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="R97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="S97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="T97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="U97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="V97" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="W97" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="X97" t="s">
-        <v>80</v>
+        <v>52</v>
       </c>
       <c r="Y97" t="s">
-        <v>80</v>
+        <v>52</v>
+      </c>
+      <c r="Z97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI97" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BK97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BL97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BM97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BN97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BO97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BP97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BQ97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BR97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BS97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BT97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BU97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BV97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BW97" t="s">
+        <v>93</v>
+      </c>
+      <c r="BX97" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="98" spans="1:25">
+    <row r="98" spans="1:76">
       <c r="A98" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="C98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="E98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="F98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="G98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="H98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="I98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="J98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="K98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="L98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="M98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="N98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="O98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="P98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="Q98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="R98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="S98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="T98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="U98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="V98" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="W98" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="X98" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="Y98" t="s">
-        <v>49</v>
+        <v>52</v>
+      </c>
+      <c r="Z98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI98" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BN98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BO98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BP98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BQ98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BR98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BS98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BT98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BU98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BV98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BW98" t="s">
+        <v>91</v>
+      </c>
+      <c r="BX98" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="99" spans="1:25">
+    <row r="99" spans="1:76">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="4"/>
       <c r="H99" s="4"/>
       <c r="I99" s="4"/>
       <c r="J99" s="4"/>
       <c r="K99" s="4"/>
       <c r="L99" s="4"/>
       <c r="M99" s="4"/>
       <c r="N99" s="4"/>
       <c r="O99" s="4"/>
       <c r="P99" s="4"/>
       <c r="Q99" s="4"/>
       <c r="R99" s="4"/>
       <c r="S99" s="4"/>
       <c r="T99" s="4"/>
       <c r="U99" s="4"/>
       <c r="V99" s="4"/>
       <c r="W99" s="4"/>
       <c r="X99" s="4"/>
       <c r="Y99" s="4"/>
+      <c r="Z99" s="4"/>
+      <c r="AA99" s="4"/>
+      <c r="AB99" s="4"/>
+      <c r="AC99" s="4"/>
+      <c r="AD99" s="4"/>
+      <c r="AE99" s="4"/>
+      <c r="AF99" s="4"/>
+      <c r="AG99" s="4"/>
+      <c r="AH99" s="4"/>
+      <c r="AI99" s="4"/>
+      <c r="AJ99" s="4"/>
+      <c r="AK99" s="4"/>
+      <c r="AL99" s="4"/>
+      <c r="AM99" s="4"/>
+      <c r="AN99" s="4"/>
+      <c r="AO99" s="4"/>
+      <c r="AP99" s="4"/>
+      <c r="AQ99" s="4"/>
+      <c r="AR99" s="4"/>
+      <c r="AS99" s="4"/>
+      <c r="AT99" s="4"/>
+      <c r="AU99" s="4"/>
+      <c r="AV99" s="4"/>
+      <c r="AW99" s="4"/>
+      <c r="AX99" s="4"/>
+      <c r="AY99" s="4"/>
+      <c r="AZ99" s="4"/>
+      <c r="BA99" s="4"/>
+      <c r="BB99" s="4"/>
+      <c r="BC99" s="4"/>
+      <c r="BD99" s="4"/>
+      <c r="BE99" s="4"/>
+      <c r="BF99" s="4"/>
+      <c r="BG99" s="4"/>
+      <c r="BH99" s="4"/>
+      <c r="BI99" s="4"/>
+      <c r="BJ99" s="4"/>
+      <c r="BK99" s="4"/>
+      <c r="BL99" s="4"/>
+      <c r="BM99" s="4"/>
+      <c r="BN99" s="4"/>
+      <c r="BO99" s="4"/>
+      <c r="BP99" s="4"/>
+      <c r="BQ99" s="4"/>
+      <c r="BR99" s="4"/>
+      <c r="BS99" s="4"/>
+      <c r="BT99" s="4"/>
+      <c r="BU99" s="4"/>
+      <c r="BV99" s="4"/>
+      <c r="BW99" s="4"/>
+      <c r="BX99" s="4"/>
     </row>
-    <row r="100" spans="1:25">
+    <row r="100" spans="1:76">
       <c r="A100" s="2" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
       <c r="J100" s="2"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
       <c r="M100" s="2"/>
       <c r="N100" s="2"/>
       <c r="O100" s="2"/>
       <c r="P100" s="2"/>
       <c r="Q100" s="2"/>
       <c r="R100" s="2"/>
       <c r="S100" s="2"/>
       <c r="T100" s="2"/>
       <c r="U100" s="2"/>
       <c r="V100" s="2"/>
       <c r="W100" s="2"/>
       <c r="X100" s="2"/>
       <c r="Y100" s="2"/>
+      <c r="Z100" s="2"/>
+      <c r="AA100" s="2"/>
+      <c r="AB100" s="2"/>
+      <c r="AC100" s="2"/>
+      <c r="AD100" s="2"/>
+      <c r="AE100" s="2"/>
+      <c r="AF100" s="2"/>
+      <c r="AG100" s="2"/>
+      <c r="AH100" s="2"/>
+      <c r="AI100" s="2"/>
+      <c r="AJ100" s="2"/>
+      <c r="AK100" s="2"/>
+      <c r="AL100" s="2"/>
+      <c r="AM100" s="2"/>
+      <c r="AN100" s="2"/>
+      <c r="AO100" s="2"/>
+      <c r="AP100" s="2"/>
+      <c r="AQ100" s="2"/>
+      <c r="AR100" s="2"/>
+      <c r="AS100" s="2"/>
+      <c r="AT100" s="2"/>
+      <c r="AU100" s="2"/>
+      <c r="AV100" s="2"/>
+      <c r="AW100" s="2"/>
+      <c r="AX100" s="2"/>
+      <c r="AY100" s="2"/>
+      <c r="AZ100" s="2"/>
+      <c r="BA100" s="2"/>
+      <c r="BB100" s="2"/>
+      <c r="BC100" s="2"/>
+      <c r="BD100" s="2"/>
+      <c r="BE100" s="2"/>
+      <c r="BF100" s="2"/>
+      <c r="BG100" s="2"/>
+      <c r="BH100" s="2"/>
+      <c r="BI100" s="2"/>
+      <c r="BJ100" s="2"/>
+      <c r="BK100" s="2"/>
+      <c r="BL100" s="2"/>
+      <c r="BM100" s="2"/>
+      <c r="BN100" s="2"/>
+      <c r="BO100" s="2"/>
+      <c r="BP100" s="2"/>
+      <c r="BQ100" s="2"/>
+      <c r="BR100" s="2"/>
+      <c r="BS100" s="2"/>
+      <c r="BT100" s="2"/>
+      <c r="BU100" s="2"/>
+      <c r="BV100" s="2"/>
+      <c r="BW100" s="2"/>
+      <c r="BX100" s="2"/>
     </row>
-    <row r="101" spans="1:25">
+    <row r="101" spans="1:76">
       <c r="A101" s="3" t="s">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
       <c r="M101" s="3"/>
       <c r="N101" s="3"/>
       <c r="O101" s="3"/>
       <c r="P101" s="3"/>
       <c r="Q101" s="3"/>
       <c r="R101" s="3"/>
       <c r="S101" s="3"/>
       <c r="T101" s="3"/>
       <c r="U101" s="3"/>
       <c r="V101" s="3"/>
       <c r="W101" s="3"/>
       <c r="X101" s="3"/>
       <c r="Y101" s="3"/>
+      <c r="Z101" s="3"/>
+      <c r="AA101" s="3"/>
+      <c r="AB101" s="3"/>
+      <c r="AC101" s="3"/>
+      <c r="AD101" s="3"/>
+      <c r="AE101" s="3"/>
+      <c r="AF101" s="3"/>
+      <c r="AG101" s="3"/>
+      <c r="AH101" s="3"/>
+      <c r="AI101" s="3"/>
+      <c r="AJ101" s="3"/>
+      <c r="AK101" s="3"/>
+      <c r="AL101" s="3"/>
+      <c r="AM101" s="3"/>
+      <c r="AN101" s="3"/>
+      <c r="AO101" s="3"/>
+      <c r="AP101" s="3"/>
+      <c r="AQ101" s="3"/>
+      <c r="AR101" s="3"/>
+      <c r="AS101" s="3"/>
+      <c r="AT101" s="3"/>
+      <c r="AU101" s="3"/>
+      <c r="AV101" s="3"/>
+      <c r="AW101" s="3"/>
+      <c r="AX101" s="3"/>
+      <c r="AY101" s="3"/>
+      <c r="AZ101" s="3"/>
+      <c r="BA101" s="3"/>
+      <c r="BB101" s="3"/>
+      <c r="BC101" s="3"/>
+      <c r="BD101" s="3"/>
+      <c r="BE101" s="3"/>
+      <c r="BF101" s="3"/>
+      <c r="BG101" s="3"/>
+      <c r="BH101" s="3"/>
+      <c r="BI101" s="3"/>
+      <c r="BJ101" s="3"/>
+      <c r="BK101" s="3"/>
+      <c r="BL101" s="3"/>
+      <c r="BM101" s="3"/>
+      <c r="BN101" s="3"/>
+      <c r="BO101" s="3"/>
+      <c r="BP101" s="3"/>
+      <c r="BQ101" s="3"/>
+      <c r="BR101" s="3"/>
+      <c r="BS101" s="3"/>
+      <c r="BT101" s="3"/>
+      <c r="BU101" s="3"/>
+      <c r="BV101" s="3"/>
+      <c r="BW101" s="3"/>
+      <c r="BX101" s="3"/>
     </row>
-    <row r="102" spans="1:25">
+    <row r="102" spans="1:76">
       <c r="A102" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="C102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="D102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="E102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="F102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="G102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="H102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="I102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="J102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="K102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="L102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="M102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="N102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="O102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="P102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="Q102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="R102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="S102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="T102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="U102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="V102" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="W102" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="X102" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="Y102" t="s">
-        <v>82</v>
+        <v>52</v>
+      </c>
+      <c r="Z102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY102" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI102" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BK102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BL102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BM102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BN102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BO102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BP102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BQ102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BR102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BS102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BT102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BU102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BV102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BW102" t="s">
+        <v>108</v>
+      </c>
+      <c r="BX102" t="s">
+        <v>108</v>
       </c>
     </row>
-    <row r="103" spans="1:25">
+    <row r="103" spans="1:76">
       <c r="A103" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="B103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="C103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="D103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="E103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="F103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="G103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="H103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="I103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="J103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="K103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="L103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="M103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="N103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="O103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="P103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="Q103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="R103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="S103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="T103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="U103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="V103" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="W103" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="X103" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="Y103" t="s">
-        <v>78</v>
+        <v>52</v>
+      </c>
+      <c r="Z103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY103" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI103" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BK103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BL103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BM103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BN103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BO103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BP103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BQ103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BR103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BS103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BT103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BU103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BV103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BW103" t="s">
+        <v>87</v>
+      </c>
+      <c r="BX103" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="104" spans="1:25">
+    <row r="104" spans="1:76">
       <c r="A104" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="C104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="D104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="E104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="F104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="G104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="H104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="I104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="J104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="K104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="L104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="M104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="N104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="O104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="P104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="Q104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="R104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="S104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="T104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="U104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="V104" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="W104" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="X104" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="Y104" t="s">
-        <v>83</v>
+        <v>52</v>
+      </c>
+      <c r="Z104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY104" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI104" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BK104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BL104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BM104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BN104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BO104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BP104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BQ104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BR104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BS104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BT104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BU104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BV104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BW104" t="s">
+        <v>110</v>
+      </c>
+      <c r="BX104" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="105" spans="1:25">
+    <row r="105" spans="1:76">
       <c r="A105" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="B105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="C105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="D105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="E105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="F105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="G105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="H105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="I105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="J105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="K105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="L105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="M105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="N105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="O105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="P105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="Q105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="R105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="S105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="T105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="U105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="V105" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="W105" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="X105" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="Y105" t="s">
-        <v>84</v>
+        <v>52</v>
+      </c>
+      <c r="Z105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY105" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI105" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BK105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BL105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BM105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BN105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BO105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BP105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BQ105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BR105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BS105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BT105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BU105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BV105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BW105" t="s">
+        <v>93</v>
+      </c>
+      <c r="BX105" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="106" spans="1:25">
+    <row r="106" spans="1:76">
       <c r="A106" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="B106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="C106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="D106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="E106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="F106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="G106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="H106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="I106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="J106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="K106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="L106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="M106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="N106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="O106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="P106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="Q106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="R106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="S106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="T106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="U106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="V106" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="W106" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="X106" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="Y106" t="s">
-        <v>49</v>
+        <v>52</v>
+      </c>
+      <c r="Z106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY106" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI106" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BK106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BL106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BM106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BN106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BO106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BP106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BQ106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BR106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BS106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BT106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BU106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BV106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BW106" t="s">
+        <v>91</v>
+      </c>
+      <c r="BX106" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="108" spans="1:25">
-[...26 lines deleted...]
-      <c r="Y108" s="1"/>
+    <row r="107" spans="1:76">
+      <c r="A107" s="4"/>
+      <c r="B107" s="4"/>
+      <c r="C107" s="4"/>
+      <c r="D107" s="4"/>
+      <c r="E107" s="4"/>
+      <c r="F107" s="4"/>
+      <c r="G107" s="4"/>
+      <c r="H107" s="4"/>
+      <c r="I107" s="4"/>
+      <c r="J107" s="4"/>
+      <c r="K107" s="4"/>
+      <c r="L107" s="4"/>
+      <c r="M107" s="4"/>
+      <c r="N107" s="4"/>
+      <c r="O107" s="4"/>
+      <c r="P107" s="4"/>
+      <c r="Q107" s="4"/>
+      <c r="R107" s="4"/>
+      <c r="S107" s="4"/>
+      <c r="T107" s="4"/>
+      <c r="U107" s="4"/>
+      <c r="V107" s="4"/>
+      <c r="W107" s="4"/>
+      <c r="X107" s="4"/>
+      <c r="Y107" s="4"/>
+      <c r="Z107" s="4"/>
+      <c r="AA107" s="4"/>
+      <c r="AB107" s="4"/>
+      <c r="AC107" s="4"/>
+      <c r="AD107" s="4"/>
+      <c r="AE107" s="4"/>
+      <c r="AF107" s="4"/>
+      <c r="AG107" s="4"/>
+      <c r="AH107" s="4"/>
+      <c r="AI107" s="4"/>
+      <c r="AJ107" s="4"/>
+      <c r="AK107" s="4"/>
+      <c r="AL107" s="4"/>
+      <c r="AM107" s="4"/>
+      <c r="AN107" s="4"/>
+      <c r="AO107" s="4"/>
+      <c r="AP107" s="4"/>
+      <c r="AQ107" s="4"/>
+      <c r="AR107" s="4"/>
+      <c r="AS107" s="4"/>
+      <c r="AT107" s="4"/>
+      <c r="AU107" s="4"/>
+      <c r="AV107" s="4"/>
+      <c r="AW107" s="4"/>
+      <c r="AX107" s="4"/>
+      <c r="AY107" s="4"/>
+      <c r="AZ107" s="4"/>
+      <c r="BA107" s="4"/>
+      <c r="BB107" s="4"/>
+      <c r="BC107" s="4"/>
+      <c r="BD107" s="4"/>
+      <c r="BE107" s="4"/>
+      <c r="BF107" s="4"/>
+      <c r="BG107" s="4"/>
+      <c r="BH107" s="4"/>
+      <c r="BI107" s="4"/>
+      <c r="BJ107" s="4"/>
+      <c r="BK107" s="4"/>
+      <c r="BL107" s="4"/>
+      <c r="BM107" s="4"/>
+      <c r="BN107" s="4"/>
+      <c r="BO107" s="4"/>
+      <c r="BP107" s="4"/>
+      <c r="BQ107" s="4"/>
+      <c r="BR107" s="4"/>
+      <c r="BS107" s="4"/>
+      <c r="BT107" s="4"/>
+      <c r="BU107" s="4"/>
+      <c r="BV107" s="4"/>
+      <c r="BW107" s="4"/>
+      <c r="BX107" s="4"/>
     </row>
-    <row r="109" spans="1:25">
-[...1 lines deleted...]
-        <v>86</v>
+    <row r="108" spans="1:76">
+      <c r="A108" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
+      <c r="J108" s="2"/>
+      <c r="K108" s="2"/>
+      <c r="L108" s="2"/>
+      <c r="M108" s="2"/>
+      <c r="N108" s="2"/>
+      <c r="O108" s="2"/>
+      <c r="P108" s="2"/>
+      <c r="Q108" s="2"/>
+      <c r="R108" s="2"/>
+      <c r="S108" s="2"/>
+      <c r="T108" s="2"/>
+      <c r="U108" s="2"/>
+      <c r="V108" s="2"/>
+      <c r="W108" s="2"/>
+      <c r="X108" s="2"/>
+      <c r="Y108" s="2"/>
+      <c r="Z108" s="2"/>
+      <c r="AA108" s="2"/>
+      <c r="AB108" s="2"/>
+      <c r="AC108" s="2"/>
+      <c r="AD108" s="2"/>
+      <c r="AE108" s="2"/>
+      <c r="AF108" s="2"/>
+      <c r="AG108" s="2"/>
+      <c r="AH108" s="2"/>
+      <c r="AI108" s="2"/>
+      <c r="AJ108" s="2"/>
+      <c r="AK108" s="2"/>
+      <c r="AL108" s="2"/>
+      <c r="AM108" s="2"/>
+      <c r="AN108" s="2"/>
+      <c r="AO108" s="2"/>
+      <c r="AP108" s="2"/>
+      <c r="AQ108" s="2"/>
+      <c r="AR108" s="2"/>
+      <c r="AS108" s="2"/>
+      <c r="AT108" s="2"/>
+      <c r="AU108" s="2"/>
+      <c r="AV108" s="2"/>
+      <c r="AW108" s="2"/>
+      <c r="AX108" s="2"/>
+      <c r="AY108" s="2"/>
+      <c r="AZ108" s="2"/>
+      <c r="BA108" s="2"/>
+      <c r="BB108" s="2"/>
+      <c r="BC108" s="2"/>
+      <c r="BD108" s="2"/>
+      <c r="BE108" s="2"/>
+      <c r="BF108" s="2"/>
+      <c r="BG108" s="2"/>
+      <c r="BH108" s="2"/>
+      <c r="BI108" s="2"/>
+      <c r="BJ108" s="2"/>
+      <c r="BK108" s="2"/>
+      <c r="BL108" s="2"/>
+      <c r="BM108" s="2"/>
+      <c r="BN108" s="2"/>
+      <c r="BO108" s="2"/>
+      <c r="BP108" s="2"/>
+      <c r="BQ108" s="2"/>
+      <c r="BR108" s="2"/>
+      <c r="BS108" s="2"/>
+      <c r="BT108" s="2"/>
+      <c r="BU108" s="2"/>
+      <c r="BV108" s="2"/>
+      <c r="BW108" s="2"/>
+      <c r="BX108" s="2"/>
+    </row>
+    <row r="109" spans="1:76">
+      <c r="A109" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B109" s="3"/>
+      <c r="C109" s="3"/>
+      <c r="D109" s="3"/>
+      <c r="E109" s="3"/>
+      <c r="F109" s="3"/>
+      <c r="G109" s="3"/>
+      <c r="H109" s="3"/>
+      <c r="I109" s="3"/>
+      <c r="J109" s="3"/>
+      <c r="K109" s="3"/>
+      <c r="L109" s="3"/>
+      <c r="M109" s="3"/>
+      <c r="N109" s="3"/>
+      <c r="O109" s="3"/>
+      <c r="P109" s="3"/>
+      <c r="Q109" s="3"/>
+      <c r="R109" s="3"/>
+      <c r="S109" s="3"/>
+      <c r="T109" s="3"/>
+      <c r="U109" s="3"/>
+      <c r="V109" s="3"/>
+      <c r="W109" s="3"/>
+      <c r="X109" s="3"/>
+      <c r="Y109" s="3"/>
+      <c r="Z109" s="3"/>
+      <c r="AA109" s="3"/>
+      <c r="AB109" s="3"/>
+      <c r="AC109" s="3"/>
+      <c r="AD109" s="3"/>
+      <c r="AE109" s="3"/>
+      <c r="AF109" s="3"/>
+      <c r="AG109" s="3"/>
+      <c r="AH109" s="3"/>
+      <c r="AI109" s="3"/>
+      <c r="AJ109" s="3"/>
+      <c r="AK109" s="3"/>
+      <c r="AL109" s="3"/>
+      <c r="AM109" s="3"/>
+      <c r="AN109" s="3"/>
+      <c r="AO109" s="3"/>
+      <c r="AP109" s="3"/>
+      <c r="AQ109" s="3"/>
+      <c r="AR109" s="3"/>
+      <c r="AS109" s="3"/>
+      <c r="AT109" s="3"/>
+      <c r="AU109" s="3"/>
+      <c r="AV109" s="3"/>
+      <c r="AW109" s="3"/>
+      <c r="AX109" s="3"/>
+      <c r="AY109" s="3"/>
+      <c r="AZ109" s="3"/>
+      <c r="BA109" s="3"/>
+      <c r="BB109" s="3"/>
+      <c r="BC109" s="3"/>
+      <c r="BD109" s="3"/>
+      <c r="BE109" s="3"/>
+      <c r="BF109" s="3"/>
+      <c r="BG109" s="3"/>
+      <c r="BH109" s="3"/>
+      <c r="BI109" s="3"/>
+      <c r="BJ109" s="3"/>
+      <c r="BK109" s="3"/>
+      <c r="BL109" s="3"/>
+      <c r="BM109" s="3"/>
+      <c r="BN109" s="3"/>
+      <c r="BO109" s="3"/>
+      <c r="BP109" s="3"/>
+      <c r="BQ109" s="3"/>
+      <c r="BR109" s="3"/>
+      <c r="BS109" s="3"/>
+      <c r="BT109" s="3"/>
+      <c r="BU109" s="3"/>
+      <c r="BV109" s="3"/>
+      <c r="BW109" s="3"/>
+      <c r="BX109" s="3"/>
+    </row>
+    <row r="110" spans="1:76">
+      <c r="A110" t="s">
+        <v>27</v>
+      </c>
+      <c r="B110" t="s">
+        <v>52</v>
+      </c>
+      <c r="C110" t="s">
+        <v>52</v>
+      </c>
+      <c r="D110" t="s">
+        <v>52</v>
+      </c>
+      <c r="E110" t="s">
+        <v>52</v>
+      </c>
+      <c r="F110" t="s">
+        <v>52</v>
+      </c>
+      <c r="G110" t="s">
+        <v>52</v>
+      </c>
+      <c r="H110" t="s">
+        <v>52</v>
+      </c>
+      <c r="I110" t="s">
+        <v>52</v>
+      </c>
+      <c r="J110" t="s">
+        <v>52</v>
+      </c>
+      <c r="K110" t="s">
+        <v>52</v>
+      </c>
+      <c r="L110" t="s">
+        <v>52</v>
+      </c>
+      <c r="M110" t="s">
+        <v>52</v>
+      </c>
+      <c r="N110" t="s">
+        <v>52</v>
+      </c>
+      <c r="O110" t="s">
+        <v>52</v>
+      </c>
+      <c r="P110" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>52</v>
+      </c>
+      <c r="R110" t="s">
+        <v>52</v>
+      </c>
+      <c r="S110" t="s">
+        <v>52</v>
+      </c>
+      <c r="T110" t="s">
+        <v>52</v>
+      </c>
+      <c r="U110" t="s">
+        <v>52</v>
+      </c>
+      <c r="V110" t="s">
+        <v>52</v>
+      </c>
+      <c r="W110" t="s">
+        <v>52</v>
+      </c>
+      <c r="X110" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY110" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI110" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BK110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BL110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BM110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BN110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BO110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BP110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BQ110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BR110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BS110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BT110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BU110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BV110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BW110" t="s">
+        <v>139</v>
+      </c>
+      <c r="BX110" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="111" spans="1:76">
+      <c r="A111" t="s">
+        <v>39</v>
+      </c>
+      <c r="B111" t="s">
+        <v>52</v>
+      </c>
+      <c r="C111" t="s">
+        <v>52</v>
+      </c>
+      <c r="D111" t="s">
+        <v>52</v>
+      </c>
+      <c r="E111" t="s">
+        <v>52</v>
+      </c>
+      <c r="F111" t="s">
+        <v>52</v>
+      </c>
+      <c r="G111" t="s">
+        <v>52</v>
+      </c>
+      <c r="H111" t="s">
+        <v>52</v>
+      </c>
+      <c r="I111" t="s">
+        <v>52</v>
+      </c>
+      <c r="J111" t="s">
+        <v>52</v>
+      </c>
+      <c r="K111" t="s">
+        <v>52</v>
+      </c>
+      <c r="L111" t="s">
+        <v>52</v>
+      </c>
+      <c r="M111" t="s">
+        <v>52</v>
+      </c>
+      <c r="N111" t="s">
+        <v>52</v>
+      </c>
+      <c r="O111" t="s">
+        <v>52</v>
+      </c>
+      <c r="P111" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>52</v>
+      </c>
+      <c r="R111" t="s">
+        <v>52</v>
+      </c>
+      <c r="S111" t="s">
+        <v>52</v>
+      </c>
+      <c r="T111" t="s">
+        <v>52</v>
+      </c>
+      <c r="U111" t="s">
+        <v>52</v>
+      </c>
+      <c r="V111" t="s">
+        <v>52</v>
+      </c>
+      <c r="W111" t="s">
+        <v>52</v>
+      </c>
+      <c r="X111" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY111" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI111" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BK111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BL111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BM111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BN111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BO111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BP111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BQ111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BR111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BS111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BT111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BU111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BV111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BW111" t="s">
+        <v>79</v>
+      </c>
+      <c r="BX111" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="112" spans="1:76">
+      <c r="A112" t="s">
+        <v>30</v>
+      </c>
+      <c r="B112" t="s">
+        <v>52</v>
+      </c>
+      <c r="C112" t="s">
+        <v>52</v>
+      </c>
+      <c r="D112" t="s">
+        <v>52</v>
+      </c>
+      <c r="E112" t="s">
+        <v>52</v>
+      </c>
+      <c r="F112" t="s">
+        <v>52</v>
+      </c>
+      <c r="G112" t="s">
+        <v>52</v>
+      </c>
+      <c r="H112" t="s">
+        <v>52</v>
+      </c>
+      <c r="I112" t="s">
+        <v>52</v>
+      </c>
+      <c r="J112" t="s">
+        <v>52</v>
+      </c>
+      <c r="K112" t="s">
+        <v>52</v>
+      </c>
+      <c r="L112" t="s">
+        <v>52</v>
+      </c>
+      <c r="M112" t="s">
+        <v>52</v>
+      </c>
+      <c r="N112" t="s">
+        <v>52</v>
+      </c>
+      <c r="O112" t="s">
+        <v>52</v>
+      </c>
+      <c r="P112" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>52</v>
+      </c>
+      <c r="R112" t="s">
+        <v>52</v>
+      </c>
+      <c r="S112" t="s">
+        <v>52</v>
+      </c>
+      <c r="T112" t="s">
+        <v>52</v>
+      </c>
+      <c r="U112" t="s">
+        <v>52</v>
+      </c>
+      <c r="V112" t="s">
+        <v>52</v>
+      </c>
+      <c r="W112" t="s">
+        <v>52</v>
+      </c>
+      <c r="X112" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AV112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AW112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AZ112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BA112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BC112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BD112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BE112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BG112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BH112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BI112" t="s">
+        <v>52</v>
+      </c>
+      <c r="BJ112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BK112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BL112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BM112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BN112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BO112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BP112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BQ112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BR112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BS112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BT112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BU112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BV112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BW112" t="s">
+        <v>140</v>
+      </c>
+      <c r="BX112" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="113" spans="1:76">
+      <c r="A113" t="s">
+        <v>33</v>
+      </c>
+      <c r="B113" t="s">
+        <v>141</v>
+      </c>
+      <c r="C113" t="s">
+        <v>141</v>
+      </c>
+      <c r="D113" t="s">
+        <v>141</v>
+      </c>
+      <c r="E113" t="s">
+        <v>141</v>
+      </c>
+      <c r="F113" t="s">
+        <v>141</v>
+      </c>
+      <c r="G113" t="s">
+        <v>141</v>
+      </c>
+      <c r="H113" t="s">
+        <v>141</v>
+      </c>
+      <c r="I113" t="s">
+        <v>141</v>
+      </c>
+      <c r="J113" t="s">
+        <v>141</v>
+      </c>
+      <c r="K113" t="s">
+        <v>141</v>
+      </c>
+      <c r="L113" t="s">
+        <v>141</v>
+      </c>
+      <c r="M113" t="s">
+        <v>141</v>
+      </c>
+      <c r="N113" t="s">
+        <v>141</v>
+      </c>
+      <c r="O113" t="s">
+        <v>141</v>
+      </c>
+      <c r="P113" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="114" spans="1:76">
+      <c r="A114" t="s">
+        <v>46</v>
+      </c>
+      <c r="B114" t="s">
+        <v>81</v>
+      </c>
+      <c r="C114" t="s">
+        <v>81</v>
+      </c>
+      <c r="D114" t="s">
+        <v>81</v>
+      </c>
+      <c r="E114" t="s">
+        <v>81</v>
+      </c>
+      <c r="F114" t="s">
+        <v>81</v>
+      </c>
+      <c r="G114" t="s">
+        <v>81</v>
+      </c>
+      <c r="H114" t="s">
+        <v>81</v>
+      </c>
+      <c r="I114" t="s">
+        <v>81</v>
+      </c>
+      <c r="J114" t="s">
+        <v>81</v>
+      </c>
+      <c r="K114" t="s">
+        <v>81</v>
+      </c>
+      <c r="L114" t="s">
+        <v>81</v>
+      </c>
+      <c r="M114" t="s">
+        <v>81</v>
+      </c>
+      <c r="N114" t="s">
+        <v>81</v>
+      </c>
+      <c r="O114" t="s">
+        <v>81</v>
+      </c>
+      <c r="P114" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="116" spans="1:76">
+      <c r="A116" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B116" s="1"/>
+      <c r="C116" s="1"/>
+      <c r="D116" s="1"/>
+      <c r="E116" s="1"/>
+      <c r="F116" s="1"/>
+      <c r="G116" s="1"/>
+      <c r="H116" s="1"/>
+      <c r="I116" s="1"/>
+      <c r="J116" s="1"/>
+      <c r="K116" s="1"/>
+      <c r="L116" s="1"/>
+      <c r="M116" s="1"/>
+      <c r="N116" s="1"/>
+      <c r="O116" s="1"/>
+      <c r="P116" s="1"/>
+      <c r="Q116" s="1"/>
+      <c r="R116" s="1"/>
+      <c r="S116" s="1"/>
+      <c r="T116" s="1"/>
+      <c r="U116" s="1"/>
+      <c r="V116" s="1"/>
+      <c r="W116" s="1"/>
+      <c r="X116" s="1"/>
+      <c r="Y116" s="1"/>
+      <c r="Z116" s="1"/>
+      <c r="AA116" s="1"/>
+      <c r="AB116" s="1"/>
+      <c r="AC116" s="1"/>
+      <c r="AD116" s="1"/>
+      <c r="AE116" s="1"/>
+      <c r="AF116" s="1"/>
+      <c r="AG116" s="1"/>
+      <c r="AH116" s="1"/>
+      <c r="AI116" s="1"/>
+      <c r="AJ116" s="1"/>
+      <c r="AK116" s="1"/>
+      <c r="AL116" s="1"/>
+      <c r="AM116" s="1"/>
+      <c r="AN116" s="1"/>
+      <c r="AO116" s="1"/>
+      <c r="AP116" s="1"/>
+      <c r="AQ116" s="1"/>
+      <c r="AR116" s="1"/>
+      <c r="AS116" s="1"/>
+      <c r="AT116" s="1"/>
+      <c r="AU116" s="1"/>
+      <c r="AV116" s="1"/>
+      <c r="AW116" s="1"/>
+      <c r="AX116" s="1"/>
+      <c r="AY116" s="1"/>
+      <c r="AZ116" s="1"/>
+      <c r="BA116" s="1"/>
+      <c r="BB116" s="1"/>
+      <c r="BC116" s="1"/>
+      <c r="BD116" s="1"/>
+      <c r="BE116" s="1"/>
+      <c r="BF116" s="1"/>
+      <c r="BG116" s="1"/>
+      <c r="BH116" s="1"/>
+      <c r="BI116" s="1"/>
+      <c r="BJ116" s="1"/>
+      <c r="BK116" s="1"/>
+      <c r="BL116" s="1"/>
+      <c r="BM116" s="1"/>
+      <c r="BN116" s="1"/>
+      <c r="BO116" s="1"/>
+      <c r="BP116" s="1"/>
+      <c r="BQ116" s="1"/>
+      <c r="BR116" s="1"/>
+      <c r="BS116" s="1"/>
+      <c r="BT116" s="1"/>
+      <c r="BU116" s="1"/>
+      <c r="BV116" s="1"/>
+      <c r="BW116" s="1"/>
+      <c r="BX116" s="1"/>
+    </row>
+    <row r="117" spans="1:76">
+      <c r="A117" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A109:Y109"/>
+    <mergeCell ref="A117:BX117"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>