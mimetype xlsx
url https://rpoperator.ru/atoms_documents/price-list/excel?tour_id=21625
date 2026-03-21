--- v0 (2025-12-21)
+++ v1 (2026-03-21)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="korolevskoe-rozhdestvo-za..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Трансфер Аэропорт-Отель-Аэропорт</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 21.12.2025 09:52, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 21.03.2026 13:47, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>