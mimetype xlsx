--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -12,105 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="velikij-gost" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
-[...53 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>20.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>10.04.2026</t>
   </si>
   <si>
     <t>11.04.2026</t>
   </si>
   <si>
@@ -125,126 +71,129 @@
   <si>
     <t>25.04.2026</t>
   </si>
   <si>
     <t>Береста Парк отель 4*</t>
   </si>
   <si>
     <t>Двухместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>14800 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>12000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 0—16 лет на основном месте</t>
   </si>
   <si>
-    <t>14500 RUB</t>
+    <t>14 500 руб.</t>
   </si>
   <si>
     <t>Ребёнок 0—16 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>11700 RUB</t>
+    <t>11 700 руб.</t>
   </si>
   <si>
     <t>одноместный номер стандарт</t>
   </si>
   <si>
     <t>16600 RUB</t>
   </si>
   <si>
     <t>Садко 3*</t>
   </si>
   <si>
     <t>12500 RUB</t>
   </si>
   <si>
-    <t>12200 RUB</t>
+    <t>12 200 руб.</t>
   </si>
   <si>
     <t>13100 RUB</t>
   </si>
   <si>
     <t>Волхов 4*</t>
   </si>
   <si>
     <t>14400 RUB</t>
   </si>
   <si>
     <t>12400 RUB</t>
   </si>
   <si>
-    <t>14100 RUB</t>
-[...2 lines deleted...]
-    <t>12100 RUB</t>
+    <t>14 100 руб.</t>
+  </si>
+  <si>
+    <t>12 100 руб.</t>
   </si>
   <si>
     <t>15300 RUB</t>
   </si>
   <si>
     <t>Интурист 3*</t>
   </si>
   <si>
     <t>двухместный номер стандарт</t>
   </si>
   <si>
     <t>13300 RUB</t>
   </si>
   <si>
     <t>10100 RUB</t>
   </si>
   <si>
-    <t>13000 RUB</t>
-[...2 lines deleted...]
-    <t>9800 RUB</t>
+    <t>13 000 руб.</t>
+  </si>
+  <si>
+    <t>9 800 руб.</t>
   </si>
   <si>
     <t>WELCOME INN 3*</t>
   </si>
   <si>
     <t>Двухместный номер стандарт</t>
   </si>
   <si>
     <t>12300 RUB</t>
   </si>
   <si>
     <t>10900 RUB</t>
   </si>
   <si>
-    <t>10600 RUB</t>
+    <t>12 000 руб.</t>
+  </si>
+  <si>
+    <t>10 600 руб.</t>
   </si>
   <si>
     <t>Одноместный номер стандарт</t>
   </si>
   <si>
     <t>12900 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Обед 1-й день</t>
   </si>
   <si>
     <t>700 RUB</t>
   </si>
   <si>
     <t>Обед 2-й день</t>
   </si>
   <si>
     <t>Молодежный пакет экскурсий</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
@@ -257,51 +206,51 @@
   <si>
     <t>паломнический пакет экскурсий</t>
   </si>
   <si>
     <t>2500 RUB</t>
   </si>
   <si>
     <t>Исторический пакет экскурсий</t>
   </si>
   <si>
     <t>мифологический пакет экскурсий</t>
   </si>
   <si>
     <t>4400 RUB</t>
   </si>
   <si>
     <t>Психологический пакет экскурсий</t>
   </si>
   <si>
     <t>4000 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 18.12.2025 19:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 17.03.2026 21:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -643,3202 +592,1492 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AE56"/>
+  <dimension ref="A1:M56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A55" sqref="A55:AE55"/>
+      <selection activeCell="A55" sqref="A55:M55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="48.273926" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...28 lines deleted...]
-    <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31">
+    <row r="1" spans="1:13">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="N1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:13">
+      <c r="A2" s="2" t="s">
         <v>12</v>
-      </c>
-[...54 lines deleted...]
-        <v>30</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
-      <c r="N2" s="2"/>
-[...18 lines deleted...]
-    <row r="3" spans="1:31">
+    </row>
+    <row r="3" spans="1:13">
       <c r="A3" s="3" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
-      <c r="N3" s="3"/>
-[...18 lines deleted...]
-    <row r="4" spans="1:31">
+    </row>
+    <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="I4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="K4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="L4" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="M4" t="s">
-        <v>33</v>
-[...56 lines deleted...]
-    <row r="5" spans="1:31">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="L5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
-[...56 lines deleted...]
-    <row r="6" spans="1:31">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="J6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="K6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="L6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="M6" t="s">
-        <v>37</v>
-[...56 lines deleted...]
-    <row r="7" spans="1:31">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="F7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="J7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="K7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="L7" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="M7" t="s">
-        <v>39</v>
-[...56 lines deleted...]
-    <row r="8" spans="1:31">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13">
       <c r="A8" s="3" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
-      <c r="N8" s="3"/>
-[...18 lines deleted...]
-    <row r="9" spans="1:31">
+    </row>
+    <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="I9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="J9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="L9" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="M9" t="s">
-        <v>41</v>
-[...56 lines deleted...]
-    <row r="10" spans="1:31">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
-      <c r="N10" s="4"/>
-[...18 lines deleted...]
-    <row r="11" spans="1:31">
+    </row>
+    <row r="11" spans="1:13">
       <c r="A11" s="2" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
-      <c r="N11" s="2"/>
-[...18 lines deleted...]
-    <row r="12" spans="1:31">
+    </row>
+    <row r="12" spans="1:13">
       <c r="A12" s="3" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
-      <c r="N12" s="3"/>
-[...18 lines deleted...]
-    <row r="13" spans="1:31">
+    </row>
+    <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="F13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="H13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="I13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="J13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="K13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="L13" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="M13" t="s">
-        <v>43</v>
-[...56 lines deleted...]
-    <row r="14" spans="1:31">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="C14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="F14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="H14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="I14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="J14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="K14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="L14" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="M14" t="s">
-        <v>44</v>
-[...56 lines deleted...]
-    <row r="15" spans="1:31">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13">
       <c r="A15" s="3" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
-      <c r="N15" s="3"/>
-[...18 lines deleted...]
-    <row r="16" spans="1:31">
+    </row>
+    <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="G16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="H16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="J16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="K16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="L16" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="M16" t="s">
-        <v>45</v>
-[...56 lines deleted...]
-    <row r="17" spans="1:31">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
-      <c r="N17" s="4"/>
-[...18 lines deleted...]
-    <row r="18" spans="1:31">
+    </row>
+    <row r="18" spans="1:13">
       <c r="A18" s="2" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
-      <c r="N18" s="2"/>
-[...18 lines deleted...]
-    <row r="19" spans="1:31">
+    </row>
+    <row r="19" spans="1:13">
       <c r="A19" s="3" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
-      <c r="N19" s="3"/>
-[...18 lines deleted...]
-    <row r="20" spans="1:31">
+    </row>
+    <row r="20" spans="1:13">
       <c r="A20" t="s">
+        <v>14</v>
+      </c>
+      <c r="B20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" t="s">
+        <v>29</v>
+      </c>
+      <c r="E20" t="s">
+        <v>29</v>
+      </c>
+      <c r="F20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" t="s">
+        <v>29</v>
+      </c>
+      <c r="I20" t="s">
+        <v>29</v>
+      </c>
+      <c r="J20" t="s">
+        <v>29</v>
+      </c>
+      <c r="K20" t="s">
+        <v>29</v>
+      </c>
+      <c r="L20" t="s">
+        <v>29</v>
+      </c>
+      <c r="M20" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" t="s">
+        <v>30</v>
+      </c>
+      <c r="E21" t="s">
+        <v>30</v>
+      </c>
+      <c r="F21" t="s">
+        <v>30</v>
+      </c>
+      <c r="G21" t="s">
+        <v>30</v>
+      </c>
+      <c r="H21" t="s">
+        <v>30</v>
+      </c>
+      <c r="I21" t="s">
+        <v>30</v>
+      </c>
+      <c r="J21" t="s">
+        <v>30</v>
+      </c>
+      <c r="K21" t="s">
+        <v>30</v>
+      </c>
+      <c r="L21" t="s">
+        <v>30</v>
+      </c>
+      <c r="M21" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13">
+      <c r="A22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" t="s">
+        <v>31</v>
+      </c>
+      <c r="F22" t="s">
+        <v>31</v>
+      </c>
+      <c r="G22" t="s">
+        <v>31</v>
+      </c>
+      <c r="H22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I22" t="s">
+        <v>31</v>
+      </c>
+      <c r="J22" t="s">
+        <v>31</v>
+      </c>
+      <c r="K22" t="s">
+        <v>31</v>
+      </c>
+      <c r="L22" t="s">
+        <v>31</v>
+      </c>
+      <c r="M22" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13">
+      <c r="A23" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" t="s">
         <v>32</v>
       </c>
-      <c r="B20" t="s">
-[...286 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="E23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="G23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="H23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="J23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="K23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="L23" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="M23" t="s">
-        <v>50</v>
-[...56 lines deleted...]
-    <row r="24" spans="1:31">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13">
       <c r="A24" s="3" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
-      <c r="N24" s="3"/>
-[...18 lines deleted...]
-    <row r="25" spans="1:31">
+    </row>
+    <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="C25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="G25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="H25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="I25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="J25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="K25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="L25" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="M25" t="s">
-        <v>51</v>
-[...56 lines deleted...]
-    <row r="26" spans="1:31">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
       <c r="J26" s="4"/>
       <c r="K26" s="4"/>
       <c r="L26" s="4"/>
       <c r="M26" s="4"/>
-      <c r="N26" s="4"/>
-[...18 lines deleted...]
-    <row r="27" spans="1:31">
+    </row>
+    <row r="27" spans="1:13">
       <c r="A27" s="2" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
-      <c r="N27" s="2"/>
-[...18 lines deleted...]
-    <row r="28" spans="1:31">
+    </row>
+    <row r="28" spans="1:13">
       <c r="A28" s="3" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
-      <c r="N28" s="3"/>
-[...18 lines deleted...]
-    <row r="29" spans="1:31">
+    </row>
+    <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="C29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="D29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="E29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="F29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="G29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="H29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="J29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="K29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="M29" t="s">
-        <v>54</v>
-[...56 lines deleted...]
-    <row r="30" spans="1:31">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="B30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="C30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="E30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="F30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="G30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="H30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="I30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="J30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="K30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="M30" t="s">
-        <v>55</v>
-[...56 lines deleted...]
-    <row r="31" spans="1:31">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="C31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="D31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="E31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="F31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="G31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="H31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="I31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="J31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="K31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="L31" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="M31" t="s">
-        <v>56</v>
-[...56 lines deleted...]
-    <row r="32" spans="1:31">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="B32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="C32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="D32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="E32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="F32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="H32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="I32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="J32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="K32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="L32" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="M32" t="s">
-        <v>57</v>
-[...56 lines deleted...]
-    <row r="33" spans="1:31">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13">
       <c r="A33" s="3" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="B33" s="3"/>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
-      <c r="N33" s="3"/>
-[...18 lines deleted...]
-    <row r="34" spans="1:31">
+    </row>
+    <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="C34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="E34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="G34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="H34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="I34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="J34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="K34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="L34" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="M34" t="s">
-        <v>51</v>
-[...56 lines deleted...]
-    <row r="35" spans="1:31">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
       <c r="J35" s="4"/>
       <c r="K35" s="4"/>
       <c r="L35" s="4"/>
       <c r="M35" s="4"/>
-      <c r="N35" s="4"/>
-[...18 lines deleted...]
-    <row r="36" spans="1:31">
+    </row>
+    <row r="36" spans="1:13">
       <c r="A36" s="2" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
       <c r="M36" s="2"/>
-      <c r="N36" s="2"/>
-[...18 lines deleted...]
-    <row r="37" spans="1:31">
+    </row>
+    <row r="37" spans="1:13">
       <c r="A37" s="3" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
-      <c r="N37" s="3"/>
-[...18 lines deleted...]
-    <row r="38" spans="1:31">
+    </row>
+    <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="C38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="D38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="E38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="G38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="I38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="J38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="K38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="L38" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="M38" t="s">
-        <v>60</v>
-[...56 lines deleted...]
-    <row r="39" spans="1:31">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="B39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="C39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="D39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="E39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="F39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="G39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="H39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="I39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="J39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="K39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="L39" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="M39" t="s">
-        <v>61</v>
-[...56 lines deleted...]
-    <row r="40" spans="1:31">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="E40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="F40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="H40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="J40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="K40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="L40" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="M40" t="s">
-        <v>35</v>
-[...56 lines deleted...]
-    <row r="41" spans="1:31">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="B41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="C41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="E41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="F41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="G41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="H41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="I41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="J41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="K41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="L41" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="M41" t="s">
-        <v>62</v>
-[...56 lines deleted...]
-    <row r="42" spans="1:31">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13">
       <c r="A42" s="3" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
-      <c r="N42" s="3"/>
-[...18 lines deleted...]
-    <row r="43" spans="1:31">
+    </row>
+    <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="B43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="C43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="D43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="E43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="F43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="G43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="H43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="I43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="J43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="K43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="L43" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="M43" t="s">
-        <v>64</v>
-[...56 lines deleted...]
-    <row r="44" spans="1:31">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13">
       <c r="A44" s="4"/>
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="4"/>
       <c r="J44" s="4"/>
       <c r="K44" s="4"/>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
-      <c r="N44" s="4"/>
-[...18 lines deleted...]
-    <row r="45" spans="1:31">
+    </row>
+    <row r="45" spans="1:13">
       <c r="A45" s="2" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
       <c r="K45" s="2"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
-      <c r="N45" s="2"/>
-[...18 lines deleted...]
-    <row r="46" spans="1:31">
+    </row>
+    <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="B46" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:31">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="B47" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:31">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="B48" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:31">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="B49" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:31">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="B50" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:31">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B51" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:31">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="B52" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:31">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="B53" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:31">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13">
       <c r="A55" s="1" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
-      <c r="N55" s="1"/>
-[...18 lines deleted...]
-    <row r="56" spans="1:31">
+    </row>
+    <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A56:AE56"/>
+    <mergeCell ref="A56:M56"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>