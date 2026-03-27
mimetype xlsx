--- v0 (2025-12-27)
+++ v1 (2026-03-27)
@@ -12,158 +12,188 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="tri-dnya-s-peterburgom" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
-[...29 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>27.03.2026</t>
   </si>
   <si>
+    <t>03.04.2026</t>
+  </si>
+  <si>
+    <t>10.04.2026</t>
+  </si>
+  <si>
+    <t>17.04.2026</t>
+  </si>
+  <si>
+    <t>24.04.2026</t>
+  </si>
+  <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Стандарт двухместный (двусп.кр)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>13400 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>14900 RUB</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>14700 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>17700 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>20600 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный (раз.кр)</t>
   </si>
   <si>
-    <t>Октябрьская</t>
-[...20 lines deleted...]
-    <t>13600 RUB</t>
+    <t>Достоевский</t>
+  </si>
+  <si>
+    <t>Двухместный стандарт (двусп.кр)</t>
+  </si>
+  <si>
+    <t>14500 RUB</t>
+  </si>
+  <si>
+    <t>18500 RUB</t>
+  </si>
+  <si>
+    <t>Двухместный супериор (двусп.кр)</t>
+  </si>
+  <si>
+    <t>15800 RUB</t>
+  </si>
+  <si>
+    <t>21100 RUB</t>
+  </si>
+  <si>
+    <t>Двухместный стандарт (раз.кр)</t>
+  </si>
+  <si>
+    <t>Двухместный супериор (раз.кр)</t>
+  </si>
+  <si>
+    <t>Кронвелл Инн Стремянная</t>
+  </si>
+  <si>
+    <t>Стандартный двухместный</t>
+  </si>
+  <si>
+    <t>13800 RUB</t>
+  </si>
+  <si>
+    <t>19300 RUB</t>
+  </si>
+  <si>
+    <t>Комфорт двухместный</t>
+  </si>
+  <si>
+    <t>14300 RUB</t>
+  </si>
+  <si>
+    <t>15500 RUB</t>
+  </si>
+  <si>
+    <t>20300 RUB</t>
+  </si>
+  <si>
+    <t>Атриум</t>
+  </si>
+  <si>
+    <t>14200 RUB</t>
+  </si>
+  <si>
+    <t>13700 RUB</t>
+  </si>
+  <si>
+    <t>12300 RUB</t>
+  </si>
+  <si>
+    <t>19000 RUB</t>
   </si>
   <si>
     <t>17400 RUB</t>
   </si>
   <si>
-    <t>12300 RUB</t>
+    <t>Новотель Санкт-Петербург Центр</t>
+  </si>
+  <si>
+    <t>Стандарт двухместный</t>
+  </si>
+  <si>
+    <t>16700 RUB</t>
+  </si>
+  <si>
+    <t>18200 RUB</t>
+  </si>
+  <si>
+    <t>21700 RUB</t>
+  </si>
+  <si>
+    <t>24600 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 27.12.2025 19:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 27.03.2026 23:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -505,753 +535,875 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L25"/>
+  <dimension ref="A1:F53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A24" sqref="A24:L24"/>
+      <selection activeCell="A52" sqref="A52:F52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60.128174" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12">
+    <row r="1" spans="1:6">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
         <v>5</v>
-      </c>
-[...18 lines deleted...]
-        <v>11</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-      <c r="G2" s="2"/>
-[...6 lines deleted...]
-    <row r="3" spans="1:12">
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" s="3" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
-      <c r="G3" s="3"/>
-[...6 lines deleted...]
-    <row r="4" spans="1:12">
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" t="s">
         <v>13</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="3" t="s">
         <v>14</v>
-      </c>
-[...109 lines deleted...]
-        <v>23</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
-      <c r="G7" s="3"/>
-[...6 lines deleted...]
-    <row r="8" spans="1:12">
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" t="s">
         <v>13</v>
       </c>
-      <c r="B8" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-    <row r="11" spans="1:12">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
-      <c r="G11" s="4"/>
-[...6 lines deleted...]
-    <row r="12" spans="1:12">
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12" s="2" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
-      <c r="G12" s="2"/>
-[...6 lines deleted...]
-    <row r="13" spans="1:12">
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" s="3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
-      <c r="G13" s="3"/>
-[...6 lines deleted...]
-    <row r="14" spans="1:12">
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>26</v>
-[...20 lines deleted...]
-    <row r="15" spans="1:12">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="3" t="s">
         <v>19</v>
-      </c>
-[...36 lines deleted...]
-        <v>29</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
-      <c r="G16" s="3"/>
-[...6 lines deleted...]
-    <row r="17" spans="1:12">
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" t="s">
+        <v>9</v>
+      </c>
+      <c r="E21" t="s">
+        <v>9</v>
+      </c>
+      <c r="F21" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>12</v>
+      </c>
+      <c r="B22" t="s">
+        <v>18</v>
+      </c>
+      <c r="C22" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" t="s">
+        <v>9</v>
+      </c>
+      <c r="F22" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B26" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" t="s">
+        <v>9</v>
+      </c>
+      <c r="E26" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="4"/>
+      <c r="B27" s="4"/>
+      <c r="C27" s="4"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B29" s="3"/>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>7</v>
+      </c>
+      <c r="B30" t="s">
         <v>26</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C30" t="s">
         <v>26</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D30" t="s">
         <v>26</v>
       </c>
-      <c r="E17" t="s">
+      <c r="E30" t="s">
         <v>26</v>
       </c>
-      <c r="F17" t="s">
+      <c r="F30" t="s">
         <v>26</v>
       </c>
-      <c r="G17" t="s">
-[...8 lines deleted...]
-      <c r="J17" t="s">
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>12</v>
+      </c>
+      <c r="B31" t="s">
         <v>27</v>
       </c>
-      <c r="K17" t="s">
+      <c r="C31" t="s">
         <v>27</v>
       </c>
-      <c r="L17" t="s">
+      <c r="D31" t="s">
         <v>27</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B18" t="s">
+      <c r="E31" t="s">
+        <v>27</v>
+      </c>
+      <c r="F31" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C18" t="s">
-[...31 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="B32" s="3"/>
+      <c r="C32" s="3"/>
+      <c r="D32" s="3"/>
+      <c r="E32" s="3"/>
+      <c r="F32" s="3"/>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" t="s">
+        <v>29</v>
+      </c>
+      <c r="C33" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" t="s">
+        <v>29</v>
+      </c>
+      <c r="E33" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
         <v>30</v>
       </c>
-      <c r="B19" s="3"/>
-[...15 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C34" t="s">
+        <v>30</v>
+      </c>
+      <c r="D34" t="s">
+        <v>30</v>
+      </c>
+      <c r="E34" t="s">
+        <v>30</v>
+      </c>
+      <c r="F34" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>12</v>
+      </c>
+      <c r="B35" t="s">
         <v>31</v>
       </c>
-      <c r="C20" t="s">
+      <c r="C35" t="s">
         <v>31</v>
       </c>
-      <c r="D20" t="s">
+      <c r="D35" t="s">
         <v>31</v>
       </c>
-      <c r="E20" t="s">
+      <c r="E35" t="s">
         <v>31</v>
       </c>
-      <c r="F20" t="s">
+      <c r="F35" t="s">
         <v>31</v>
       </c>
-      <c r="G20" t="s">
-[...22 lines deleted...]
-      <c r="B21" t="s">
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="4"/>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C21" t="s">
-[...34 lines deleted...]
-      <c r="B22" t="s">
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B38" s="3"/>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>7</v>
+      </c>
+      <c r="B39" t="s">
         <v>33</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C39" t="s">
+        <v>34</v>
+      </c>
+      <c r="D39" t="s">
+        <v>34</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>35</v>
+      </c>
+      <c r="C40" t="s">
+        <v>35</v>
+      </c>
+      <c r="D40" t="s">
+        <v>35</v>
+      </c>
+      <c r="E40" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C41" t="s">
+        <v>37</v>
+      </c>
+      <c r="D41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E41" t="s">
+        <v>37</v>
+      </c>
+      <c r="F41" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B42" s="3"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="3"/>
+      <c r="E42" s="3"/>
+      <c r="F42" s="3"/>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B43" t="s">
         <v>33</v>
       </c>
-      <c r="D22" t="s">
-[...28 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="C43" t="s">
         <v>34</v>
       </c>
-      <c r="B24" s="1"/>
-[...12 lines deleted...]
-      <c r="A25" t="s">
+      <c r="D43" t="s">
+        <v>34</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
         <v>35</v>
+      </c>
+      <c r="C44" t="s">
+        <v>35</v>
+      </c>
+      <c r="D44" t="s">
+        <v>35</v>
+      </c>
+      <c r="E44" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>12</v>
+      </c>
+      <c r="B45" t="s">
+        <v>36</v>
+      </c>
+      <c r="C45" t="s">
+        <v>37</v>
+      </c>
+      <c r="D45" t="s">
+        <v>37</v>
+      </c>
+      <c r="E45" t="s">
+        <v>37</v>
+      </c>
+      <c r="F45" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="4"/>
+      <c r="B46" s="4"/>
+      <c r="C46" s="4"/>
+      <c r="D46" s="4"/>
+      <c r="E46" s="4"/>
+      <c r="F46" s="4"/>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B48" s="3"/>
+      <c r="C48" s="3"/>
+      <c r="D48" s="3"/>
+      <c r="E48" s="3"/>
+      <c r="F48" s="3"/>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>7</v>
+      </c>
+      <c r="B49" t="s">
+        <v>40</v>
+      </c>
+      <c r="C49" t="s">
+        <v>41</v>
+      </c>
+      <c r="D49" t="s">
+        <v>41</v>
+      </c>
+      <c r="E49" t="s">
+        <v>41</v>
+      </c>
+      <c r="F49" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>12</v>
+      </c>
+      <c r="B50" t="s">
+        <v>42</v>
+      </c>
+      <c r="C50" t="s">
+        <v>43</v>
+      </c>
+      <c r="D50" t="s">
+        <v>43</v>
+      </c>
+      <c r="E50" t="s">
+        <v>43</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B52" s="1"/>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A25:L25"/>
+    <mergeCell ref="A53:F53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>