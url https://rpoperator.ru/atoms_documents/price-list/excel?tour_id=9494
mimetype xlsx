--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -12,51 +12,195 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2022g-yarkie-vykhodnye-v-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+  <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
+    <t>14.05.2026</t>
+  </si>
+  <si>
+    <t>18.06.2026</t>
+  </si>
+  <si>
+    <t>16.07.2026</t>
+  </si>
+  <si>
+    <t>13.08.2026</t>
+  </si>
+  <si>
+    <t>17.09.2026</t>
+  </si>
+  <si>
+    <t>15.10.2026</t>
+  </si>
+  <si>
+    <t>12.11.2026</t>
+  </si>
+  <si>
+    <t>10.12.2026</t>
+  </si>
+  <si>
+    <t>Шаляпин Палас отель (Яркие выходные)</t>
+  </si>
+  <si>
+    <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
+  </si>
+  <si>
+    <t>Взрослый на основном месте</t>
+  </si>
+  <si>
+    <t>46870 RUB</t>
+  </si>
+  <si>
+    <t>Взрослый на дополнительном месте</t>
+  </si>
+  <si>
+    <t>42710 RUB</t>
+  </si>
+  <si>
+    <t>Одноместное размещение</t>
+  </si>
+  <si>
+    <t>51040 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 5—9 лет на основном месте</t>
+  </si>
+  <si>
+    <t>43450 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 5—9 лет на дополнительном месте</t>
+  </si>
+  <si>
+    <t>37560 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 10—16 лет на основном месте</t>
+  </si>
+  <si>
+    <t>45450 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 10—16 лет на дополнительном месте</t>
+  </si>
+  <si>
+    <t>39560 RUB</t>
+  </si>
+  <si>
+    <t>2-м номер TWIN (номер с двумя раздельными кроватями)</t>
+  </si>
+  <si>
+    <t>Гранд Отель Казань (Яркие выходные)</t>
+  </si>
+  <si>
+    <t>46220 RUB</t>
+  </si>
+  <si>
+    <t>49730 RUB</t>
+  </si>
+  <si>
+    <t>42870 RUB</t>
+  </si>
+  <si>
+    <t>44870 RUB</t>
+  </si>
+  <si>
+    <t>Джузеппе (Яркие выходные)</t>
+  </si>
+  <si>
+    <t>45570 RUB</t>
+  </si>
+  <si>
+    <t>47280 RUB</t>
+  </si>
+  <si>
+    <t>42880 RUB</t>
+  </si>
+  <si>
+    <t>49400 RUB</t>
+  </si>
+  <si>
+    <t>52670 RUB</t>
+  </si>
+  <si>
+    <t>43280 RUB</t>
+  </si>
+  <si>
+    <t>38860 RUB</t>
+  </si>
+  <si>
+    <t>45280 RUB</t>
+  </si>
+  <si>
+    <t>40860 RUB</t>
+  </si>
+  <si>
+    <t>Биляр Палас Отель (Яркие выходные)</t>
+  </si>
+  <si>
+    <t>46060 RUB</t>
+  </si>
+  <si>
+    <t>42060 RUB</t>
+  </si>
+  <si>
+    <t>52180 RUB</t>
+  </si>
+  <si>
+    <t>38050 RUB</t>
+  </si>
+  <si>
+    <t>44060 RUB</t>
+  </si>
+  <si>
+    <t>40050 RUB</t>
+  </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (дневное время)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (дневное время)</t>
   </si>
   <si>
     <t>1800 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (19:00-08:00)</t>
   </si>
   <si>
@@ -68,118 +212,127 @@
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (19:00-08:00)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (19:00-08:00)</t>
   </si>
   <si>
     <t>Экскурсия "Огни ночной Казани"</t>
   </si>
   <si>
     <t>1100 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>400 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 14.12.2025 02:04, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 14.03.2026 11:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor rgb="FF99CCFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF99CCFF"/>
+        <fgColor rgb="FFCCCCCC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -445,167 +598,2097 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B15"/>
+  <dimension ref="A1:J83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A14" sqref="A14:B14"/>
+      <selection activeCell="A82" sqref="A82:J82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2">
+    <row r="1" spans="1:10">
       <c r="A1" s="1"/>
-      <c r="B1" s="1"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:2">
+      <c r="B1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="B2" s="2"/>
-    </row>
-[...8 lines deleted...]
-    <row r="4" spans="1:2">
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+    </row>
+    <row r="3" spans="1:10">
+      <c r="A3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+    </row>
+    <row r="4" spans="1:10">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:2">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I5" t="s">
+        <v>14</v>
+      </c>
+      <c r="J5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2">
+        <v>16</v>
+      </c>
+      <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" t="s">
+        <v>16</v>
+      </c>
+      <c r="J6" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:2">
+        <v>18</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
+        <v>18</v>
+      </c>
+      <c r="H7" t="s">
+        <v>18</v>
+      </c>
+      <c r="I7" t="s">
+        <v>18</v>
+      </c>
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" t="s">
+        <v>20</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9" t="s">
+        <v>22</v>
+      </c>
+      <c r="I9" t="s">
+        <v>22</v>
+      </c>
+      <c r="J9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" t="s">
+        <v>24</v>
+      </c>
+      <c r="J10" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
+      <c r="J11" s="3"/>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>14</v>
+      </c>
+      <c r="I13" t="s">
+        <v>14</v>
+      </c>
+      <c r="J13" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>18</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" t="s">
+        <v>18</v>
+      </c>
+      <c r="H14" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" t="s">
+        <v>18</v>
+      </c>
+      <c r="J14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>20</v>
+      </c>
+      <c r="H15" t="s">
+        <v>20</v>
+      </c>
+      <c r="I15" t="s">
+        <v>20</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E16" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" t="s">
+        <v>22</v>
+      </c>
+      <c r="J16" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" t="s">
+        <v>24</v>
+      </c>
+      <c r="I17" t="s">
+        <v>24</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" s="4"/>
+      <c r="B18" s="4"/>
+      <c r="C18" s="4"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="4"/>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      <c r="A9" t="s">
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" t="s">
         <v>11</v>
       </c>
-      <c r="B9" t="s">
-[...12 lines deleted...]
-      <c r="A11" t="s">
+      <c r="B21" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" t="s">
+        <v>27</v>
+      </c>
+      <c r="E21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F21" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" t="s">
+        <v>27</v>
+      </c>
+      <c r="I21" t="s">
+        <v>27</v>
+      </c>
+      <c r="J21" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" t="s">
         <v>13</v>
       </c>
-      <c r="B11" t="s">
-[...4 lines deleted...]
-      <c r="A12" t="s">
+      <c r="B22" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" t="s">
+        <v>14</v>
+      </c>
+      <c r="D22" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
+        <v>14</v>
+      </c>
+      <c r="I22" t="s">
+        <v>14</v>
+      </c>
+      <c r="J22" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" t="s">
         <v>15</v>
       </c>
-      <c r="B12" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="3" t="s">
+      <c r="B23" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" t="s">
+        <v>28</v>
+      </c>
+      <c r="D23" t="s">
+        <v>28</v>
+      </c>
+      <c r="E23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F23" t="s">
+        <v>28</v>
+      </c>
+      <c r="G23" t="s">
+        <v>28</v>
+      </c>
+      <c r="H23" t="s">
+        <v>28</v>
+      </c>
+      <c r="I23" t="s">
+        <v>28</v>
+      </c>
+      <c r="J23" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="3"/>
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="B24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" t="s">
+        <v>29</v>
+      </c>
+      <c r="E24" t="s">
+        <v>29</v>
+      </c>
+      <c r="F24" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" t="s">
+        <v>29</v>
+      </c>
+      <c r="I24" t="s">
+        <v>29</v>
+      </c>
+      <c r="J24" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" t="s">
+        <v>19</v>
+      </c>
+      <c r="B25" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>20</v>
+      </c>
+      <c r="H25" t="s">
+        <v>20</v>
+      </c>
+      <c r="I25" t="s">
+        <v>20</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>21</v>
+      </c>
+      <c r="B26" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" t="s">
+        <v>30</v>
+      </c>
+      <c r="E26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F26" t="s">
+        <v>30</v>
+      </c>
+      <c r="G26" t="s">
+        <v>30</v>
+      </c>
+      <c r="H26" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" t="s">
+        <v>30</v>
+      </c>
+      <c r="J26" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>23</v>
+      </c>
+      <c r="B27" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" t="s">
+        <v>24</v>
+      </c>
+      <c r="F27" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" t="s">
+        <v>24</v>
+      </c>
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" s="3"/>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" t="s">
+        <v>27</v>
+      </c>
+      <c r="C29" t="s">
+        <v>27</v>
+      </c>
+      <c r="D29" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" t="s">
+        <v>27</v>
+      </c>
+      <c r="F29" t="s">
+        <v>27</v>
+      </c>
+      <c r="G29" t="s">
+        <v>27</v>
+      </c>
+      <c r="H29" t="s">
+        <v>27</v>
+      </c>
+      <c r="I29" t="s">
+        <v>27</v>
+      </c>
+      <c r="J29" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" t="s">
+        <v>13</v>
+      </c>
+      <c r="B30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" t="s">
+        <v>14</v>
+      </c>
+      <c r="D30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>14</v>
+      </c>
+      <c r="I30" t="s">
+        <v>14</v>
+      </c>
+      <c r="J30" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" t="s">
+        <v>17</v>
+      </c>
+      <c r="B31" t="s">
+        <v>29</v>
+      </c>
+      <c r="C31" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" t="s">
+        <v>29</v>
+      </c>
+      <c r="E31" t="s">
+        <v>29</v>
+      </c>
+      <c r="F31" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" t="s">
+        <v>29</v>
+      </c>
+      <c r="H31" t="s">
+        <v>29</v>
+      </c>
+      <c r="I31" t="s">
+        <v>29</v>
+      </c>
+      <c r="J31" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>20</v>
+      </c>
+      <c r="H32" t="s">
+        <v>20</v>
+      </c>
+      <c r="I32" t="s">
+        <v>20</v>
+      </c>
+      <c r="J32" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" t="s">
+        <v>21</v>
+      </c>
+      <c r="B33" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" t="s">
+        <v>30</v>
+      </c>
+      <c r="D33" t="s">
+        <v>30</v>
+      </c>
+      <c r="E33" t="s">
+        <v>30</v>
+      </c>
+      <c r="F33" t="s">
+        <v>30</v>
+      </c>
+      <c r="G33" t="s">
+        <v>30</v>
+      </c>
+      <c r="H33" t="s">
+        <v>30</v>
+      </c>
+      <c r="I33" t="s">
+        <v>30</v>
+      </c>
+      <c r="J33" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" t="s">
+        <v>23</v>
+      </c>
+      <c r="B34" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" t="s">
+        <v>24</v>
+      </c>
+      <c r="D34" t="s">
+        <v>24</v>
+      </c>
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" t="s">
+        <v>24</v>
+      </c>
+      <c r="G34" t="s">
+        <v>24</v>
+      </c>
+      <c r="H34" t="s">
+        <v>24</v>
+      </c>
+      <c r="I34" t="s">
+        <v>24</v>
+      </c>
+      <c r="J34" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" s="4"/>
+      <c r="B35" s="4"/>
+      <c r="C35" s="4"/>
+      <c r="D35" s="4"/>
+      <c r="E35" s="4"/>
+      <c r="F35" s="4"/>
+      <c r="G35" s="4"/>
+      <c r="H35" s="4"/>
+      <c r="I35" s="4"/>
+      <c r="J35" s="4"/>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" s="3"/>
+      <c r="C37" s="3"/>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>32</v>
+      </c>
+      <c r="H38" t="s">
+        <v>32</v>
+      </c>
+      <c r="I38" t="s">
+        <v>32</v>
+      </c>
+      <c r="J38" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" t="s">
+        <v>13</v>
+      </c>
+      <c r="B39" t="s">
+        <v>34</v>
+      </c>
+      <c r="C39" t="s">
+        <v>34</v>
+      </c>
+      <c r="D39" t="s">
+        <v>34</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+      <c r="H39" t="s">
+        <v>34</v>
+      </c>
+      <c r="I39" t="s">
+        <v>34</v>
+      </c>
+      <c r="J39" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" t="s">
+        <v>15</v>
+      </c>
+      <c r="B40" t="s">
+        <v>35</v>
+      </c>
+      <c r="C40" t="s">
+        <v>35</v>
+      </c>
+      <c r="D40" t="s">
+        <v>35</v>
+      </c>
+      <c r="E40" t="s">
+        <v>36</v>
+      </c>
+      <c r="F40" t="s">
+        <v>36</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40" t="s">
+        <v>35</v>
+      </c>
+      <c r="I40" t="s">
+        <v>35</v>
+      </c>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" t="s">
+        <v>17</v>
+      </c>
+      <c r="B41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C41" t="s">
+        <v>37</v>
+      </c>
+      <c r="D41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E41" t="s">
+        <v>37</v>
+      </c>
+      <c r="F41" t="s">
+        <v>37</v>
+      </c>
+      <c r="G41" t="s">
+        <v>37</v>
+      </c>
+      <c r="H41" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" t="s">
+        <v>19</v>
+      </c>
+      <c r="B42" t="s">
+        <v>38</v>
+      </c>
+      <c r="C42" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" t="s">
+        <v>38</v>
+      </c>
+      <c r="E42" t="s">
+        <v>38</v>
+      </c>
+      <c r="F42" t="s">
+        <v>38</v>
+      </c>
+      <c r="G42" t="s">
+        <v>38</v>
+      </c>
+      <c r="H42" t="s">
+        <v>38</v>
+      </c>
+      <c r="I42" t="s">
+        <v>38</v>
+      </c>
+      <c r="J42" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" t="s">
+        <v>21</v>
+      </c>
+      <c r="B43" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" t="s">
+        <v>39</v>
+      </c>
+      <c r="D43" t="s">
+        <v>39</v>
+      </c>
+      <c r="E43" t="s">
+        <v>39</v>
+      </c>
+      <c r="F43" t="s">
+        <v>39</v>
+      </c>
+      <c r="G43" t="s">
+        <v>39</v>
+      </c>
+      <c r="H43" t="s">
+        <v>39</v>
+      </c>
+      <c r="I43" t="s">
+        <v>39</v>
+      </c>
+      <c r="J43" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" t="s">
+        <v>23</v>
+      </c>
+      <c r="B44" t="s">
+        <v>40</v>
+      </c>
+      <c r="C44" t="s">
+        <v>40</v>
+      </c>
+      <c r="D44" t="s">
+        <v>40</v>
+      </c>
+      <c r="E44" t="s">
+        <v>40</v>
+      </c>
+      <c r="F44" t="s">
+        <v>40</v>
+      </c>
+      <c r="G44" t="s">
+        <v>40</v>
+      </c>
+      <c r="H44" t="s">
+        <v>40</v>
+      </c>
+      <c r="I44" t="s">
+        <v>40</v>
+      </c>
+      <c r="J44" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B45" s="3"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+      <c r="J45" s="3"/>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" t="s">
+        <v>32</v>
+      </c>
+      <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
+        <v>32</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>32</v>
+      </c>
+      <c r="H46" t="s">
+        <v>32</v>
+      </c>
+      <c r="I46" t="s">
+        <v>32</v>
+      </c>
+      <c r="J46" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>13</v>
+      </c>
+      <c r="B47" t="s">
+        <v>34</v>
+      </c>
+      <c r="C47" t="s">
+        <v>34</v>
+      </c>
+      <c r="D47" t="s">
+        <v>34</v>
+      </c>
+      <c r="E47" t="s">
+        <v>34</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47" t="s">
+        <v>34</v>
+      </c>
+      <c r="I47" t="s">
+        <v>34</v>
+      </c>
+      <c r="J47" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B48" t="s">
+        <v>37</v>
+      </c>
+      <c r="C48" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" t="s">
+        <v>37</v>
+      </c>
+      <c r="E48" t="s">
+        <v>37</v>
+      </c>
+      <c r="F48" t="s">
+        <v>37</v>
+      </c>
+      <c r="G48" t="s">
+        <v>37</v>
+      </c>
+      <c r="H48" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>19</v>
+      </c>
+      <c r="B49" t="s">
+        <v>38</v>
+      </c>
+      <c r="C49" t="s">
+        <v>38</v>
+      </c>
+      <c r="D49" t="s">
+        <v>38</v>
+      </c>
+      <c r="E49" t="s">
+        <v>38</v>
+      </c>
+      <c r="F49" t="s">
+        <v>38</v>
+      </c>
+      <c r="G49" t="s">
+        <v>38</v>
+      </c>
+      <c r="H49" t="s">
+        <v>38</v>
+      </c>
+      <c r="I49" t="s">
+        <v>38</v>
+      </c>
+      <c r="J49" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>21</v>
+      </c>
+      <c r="B50" t="s">
+        <v>39</v>
+      </c>
+      <c r="C50" t="s">
+        <v>39</v>
+      </c>
+      <c r="D50" t="s">
+        <v>39</v>
+      </c>
+      <c r="E50" t="s">
+        <v>39</v>
+      </c>
+      <c r="F50" t="s">
+        <v>39</v>
+      </c>
+      <c r="G50" t="s">
+        <v>39</v>
+      </c>
+      <c r="H50" t="s">
+        <v>39</v>
+      </c>
+      <c r="I50" t="s">
+        <v>39</v>
+      </c>
+      <c r="J50" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>23</v>
+      </c>
+      <c r="B51" t="s">
+        <v>40</v>
+      </c>
+      <c r="C51" t="s">
+        <v>40</v>
+      </c>
+      <c r="D51" t="s">
+        <v>40</v>
+      </c>
+      <c r="E51" t="s">
+        <v>40</v>
+      </c>
+      <c r="F51" t="s">
+        <v>40</v>
+      </c>
+      <c r="G51" t="s">
+        <v>40</v>
+      </c>
+      <c r="H51" t="s">
+        <v>40</v>
+      </c>
+      <c r="I51" t="s">
+        <v>40</v>
+      </c>
+      <c r="J51" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="4"/>
+      <c r="B52" s="4"/>
+      <c r="C52" s="4"/>
+      <c r="D52" s="4"/>
+      <c r="E52" s="4"/>
+      <c r="F52" s="4"/>
+      <c r="G52" s="4"/>
+      <c r="H52" s="4"/>
+      <c r="I52" s="4"/>
+      <c r="J52" s="4"/>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
+      <c r="J53" s="2"/>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" s="3"/>
+      <c r="C54" s="3"/>
+      <c r="D54" s="3"/>
+      <c r="E54" s="3"/>
+      <c r="F54" s="3"/>
+      <c r="G54" s="3"/>
+      <c r="H54" s="3"/>
+      <c r="I54" s="3"/>
+      <c r="J54" s="3"/>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>11</v>
+      </c>
+      <c r="B55" t="s">
+        <v>42</v>
+      </c>
+      <c r="C55" t="s">
+        <v>42</v>
+      </c>
+      <c r="D55" t="s">
+        <v>42</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>42</v>
+      </c>
+      <c r="G55" t="s">
+        <v>42</v>
+      </c>
+      <c r="H55" t="s">
+        <v>42</v>
+      </c>
+      <c r="I55" t="s">
+        <v>42</v>
+      </c>
+      <c r="J55" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>13</v>
+      </c>
+      <c r="B56" t="s">
+        <v>43</v>
+      </c>
+      <c r="C56" t="s">
+        <v>43</v>
+      </c>
+      <c r="D56" t="s">
+        <v>43</v>
+      </c>
+      <c r="E56" t="s">
+        <v>43</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>43</v>
+      </c>
+      <c r="H56" t="s">
+        <v>43</v>
+      </c>
+      <c r="I56" t="s">
+        <v>43</v>
+      </c>
+      <c r="J56" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>15</v>
+      </c>
+      <c r="B57" t="s">
+        <v>44</v>
+      </c>
+      <c r="C57" t="s">
+        <v>44</v>
+      </c>
+      <c r="D57" t="s">
+        <v>44</v>
+      </c>
+      <c r="E57" t="s">
+        <v>44</v>
+      </c>
+      <c r="F57" t="s">
+        <v>44</v>
+      </c>
+      <c r="G57" t="s">
+        <v>44</v>
+      </c>
+      <c r="H57" t="s">
+        <v>44</v>
+      </c>
+      <c r="I57" t="s">
+        <v>44</v>
+      </c>
+      <c r="J57" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>17</v>
+      </c>
+      <c r="B58" t="s">
+        <v>43</v>
+      </c>
+      <c r="C58" t="s">
+        <v>43</v>
+      </c>
+      <c r="D58" t="s">
+        <v>43</v>
+      </c>
+      <c r="E58" t="s">
+        <v>43</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>43</v>
+      </c>
+      <c r="H58" t="s">
+        <v>43</v>
+      </c>
+      <c r="I58" t="s">
+        <v>43</v>
+      </c>
+      <c r="J58" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>19</v>
+      </c>
+      <c r="B59" t="s">
+        <v>45</v>
+      </c>
+      <c r="C59" t="s">
+        <v>45</v>
+      </c>
+      <c r="D59" t="s">
+        <v>45</v>
+      </c>
+      <c r="E59" t="s">
+        <v>45</v>
+      </c>
+      <c r="F59" t="s">
+        <v>45</v>
+      </c>
+      <c r="G59" t="s">
+        <v>45</v>
+      </c>
+      <c r="H59" t="s">
+        <v>45</v>
+      </c>
+      <c r="I59" t="s">
+        <v>45</v>
+      </c>
+      <c r="J59" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>21</v>
+      </c>
+      <c r="B60" t="s">
+        <v>46</v>
+      </c>
+      <c r="C60" t="s">
+        <v>46</v>
+      </c>
+      <c r="D60" t="s">
+        <v>46</v>
+      </c>
+      <c r="E60" t="s">
+        <v>46</v>
+      </c>
+      <c r="F60" t="s">
+        <v>46</v>
+      </c>
+      <c r="G60" t="s">
+        <v>46</v>
+      </c>
+      <c r="H60" t="s">
+        <v>46</v>
+      </c>
+      <c r="I60" t="s">
+        <v>46</v>
+      </c>
+      <c r="J60" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>23</v>
+      </c>
+      <c r="B61" t="s">
+        <v>47</v>
+      </c>
+      <c r="C61" t="s">
+        <v>47</v>
+      </c>
+      <c r="D61" t="s">
+        <v>47</v>
+      </c>
+      <c r="E61" t="s">
+        <v>47</v>
+      </c>
+      <c r="F61" t="s">
+        <v>47</v>
+      </c>
+      <c r="G61" t="s">
+        <v>47</v>
+      </c>
+      <c r="H61" t="s">
+        <v>47</v>
+      </c>
+      <c r="I61" t="s">
+        <v>47</v>
+      </c>
+      <c r="J61" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B62" s="3"/>
+      <c r="C62" s="3"/>
+      <c r="D62" s="3"/>
+      <c r="E62" s="3"/>
+      <c r="F62" s="3"/>
+      <c r="G62" s="3"/>
+      <c r="H62" s="3"/>
+      <c r="I62" s="3"/>
+      <c r="J62" s="3"/>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>11</v>
+      </c>
+      <c r="B63" t="s">
+        <v>42</v>
+      </c>
+      <c r="C63" t="s">
+        <v>42</v>
+      </c>
+      <c r="D63" t="s">
+        <v>42</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>42</v>
+      </c>
+      <c r="G63" t="s">
+        <v>42</v>
+      </c>
+      <c r="H63" t="s">
+        <v>42</v>
+      </c>
+      <c r="I63" t="s">
+        <v>42</v>
+      </c>
+      <c r="J63" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>13</v>
+      </c>
+      <c r="B64" t="s">
+        <v>43</v>
+      </c>
+      <c r="C64" t="s">
+        <v>43</v>
+      </c>
+      <c r="D64" t="s">
+        <v>43</v>
+      </c>
+      <c r="E64" t="s">
+        <v>43</v>
+      </c>
+      <c r="F64" t="s">
+        <v>43</v>
+      </c>
+      <c r="G64" t="s">
+        <v>43</v>
+      </c>
+      <c r="H64" t="s">
+        <v>43</v>
+      </c>
+      <c r="I64" t="s">
+        <v>43</v>
+      </c>
+      <c r="J64" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" t="s">
+        <v>17</v>
+      </c>
+      <c r="B65" t="s">
+        <v>43</v>
+      </c>
+      <c r="C65" t="s">
+        <v>43</v>
+      </c>
+      <c r="D65" t="s">
+        <v>43</v>
+      </c>
+      <c r="E65" t="s">
+        <v>43</v>
+      </c>
+      <c r="F65" t="s">
+        <v>43</v>
+      </c>
+      <c r="G65" t="s">
+        <v>43</v>
+      </c>
+      <c r="H65" t="s">
+        <v>43</v>
+      </c>
+      <c r="I65" t="s">
+        <v>43</v>
+      </c>
+      <c r="J65" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" t="s">
+        <v>19</v>
+      </c>
+      <c r="B66" t="s">
+        <v>45</v>
+      </c>
+      <c r="C66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D66" t="s">
+        <v>45</v>
+      </c>
+      <c r="E66" t="s">
+        <v>45</v>
+      </c>
+      <c r="F66" t="s">
+        <v>45</v>
+      </c>
+      <c r="G66" t="s">
+        <v>45</v>
+      </c>
+      <c r="H66" t="s">
+        <v>45</v>
+      </c>
+      <c r="I66" t="s">
+        <v>45</v>
+      </c>
+      <c r="J66" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" t="s">
+        <v>21</v>
+      </c>
+      <c r="B67" t="s">
+        <v>46</v>
+      </c>
+      <c r="C67" t="s">
+        <v>46</v>
+      </c>
+      <c r="D67" t="s">
+        <v>46</v>
+      </c>
+      <c r="E67" t="s">
+        <v>46</v>
+      </c>
+      <c r="F67" t="s">
+        <v>46</v>
+      </c>
+      <c r="G67" t="s">
+        <v>46</v>
+      </c>
+      <c r="H67" t="s">
+        <v>46</v>
+      </c>
+      <c r="I67" t="s">
+        <v>46</v>
+      </c>
+      <c r="J67" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" t="s">
+        <v>23</v>
+      </c>
+      <c r="B68" t="s">
+        <v>47</v>
+      </c>
+      <c r="C68" t="s">
+        <v>47</v>
+      </c>
+      <c r="D68" t="s">
+        <v>47</v>
+      </c>
+      <c r="E68" t="s">
+        <v>47</v>
+      </c>
+      <c r="F68" t="s">
+        <v>47</v>
+      </c>
+      <c r="G68" t="s">
+        <v>47</v>
+      </c>
+      <c r="H68" t="s">
+        <v>47</v>
+      </c>
+      <c r="I68" t="s">
+        <v>47</v>
+      </c>
+      <c r="J68" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
+      <c r="A69" s="4"/>
+      <c r="B69" s="4"/>
+      <c r="C69" s="4"/>
+      <c r="D69" s="4"/>
+      <c r="E69" s="4"/>
+      <c r="F69" s="4"/>
+      <c r="G69" s="4"/>
+      <c r="H69" s="4"/>
+      <c r="I69" s="4"/>
+      <c r="J69" s="4"/>
+    </row>
+    <row r="70" spans="1:10">
+      <c r="A70" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
+      <c r="J70" s="2"/>
+    </row>
+    <row r="71" spans="1:10">
+      <c r="A71" t="s">
+        <v>49</v>
+      </c>
+      <c r="B71" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="A72" t="s">
+        <v>51</v>
+      </c>
+      <c r="B72" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
+      <c r="A73" t="s">
+        <v>53</v>
+      </c>
+      <c r="B73" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
+      <c r="A74" t="s">
+        <v>55</v>
+      </c>
+      <c r="B74" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
+      <c r="A75" t="s">
+        <v>57</v>
+      </c>
+      <c r="B75" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" t="s">
+        <v>58</v>
+      </c>
+      <c r="B76" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" t="s">
+        <v>59</v>
+      </c>
+      <c r="B77" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" t="s">
+        <v>60</v>
+      </c>
+      <c r="B78" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" t="s">
+        <v>61</v>
+      </c>
+      <c r="B79" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" t="s">
+        <v>63</v>
+      </c>
+      <c r="B80" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1"/>
+      <c r="H82" s="1"/>
+      <c r="I82" s="1"/>
+      <c r="J82" s="1"/>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A83:J83"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>